--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1580477122ac4f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51835776715643c2bde737502f7d81d8.psmdcp" Id="Rafeca287fc6a473e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b840decf40a41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fb9b245ac004f71869c4897eda712d2.psmdcp" Id="Rafa9214815eb45dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4072</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4072/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,355 +490,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Children" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Economic Status of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L757" totalsRowShown="0">
   <x:autoFilter ref="A1:L757"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02683V03250"/>
     <x:tableColumn id="4" name="Number of Children"/>
     <x:tableColumn id="5" name="C02258V02730"/>
     <x:tableColumn id="6" name="Type of Family Unit"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02704V03272"/>
     <x:tableColumn id="10" name="Economic Status of Reference Person"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1111,51 +924,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4072/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1342,51 +1155,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="20.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="50.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -30144,51 +29957,51 @@
       <x:c r="I757" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L757" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -30205,51 +30018,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4072"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units in Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02683V03250">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="000"/>
         <x:s v="001"/>
         <x:s v="002"/>
         <x:s v="003"/>
         <x:s v="0041"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Number of Children">
       <x:sharedItems count="6">
         <x:s v="Total number"/>
@@ -30794,27 +30607,10612 @@
         <x:n v="212"/>
         <x:n v="3298"/>
         <x:n v="114"/>
         <x:n v="309"/>
         <x:n v="126"/>
         <x:n v="924"/>
         <x:n v="437"/>
         <x:n v="5"/>
         <x:n v="181"/>
         <x:n v="65"/>
         <x:n v="53"/>
         <x:n v="17"/>
         <x:n v="793"/>
         <x:n v="428"/>
         <x:n v="2"/>
         <x:n v="138"/>
         <x:n v="104"/>
         <x:n v="38"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="704595"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="124837"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="17266"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="102100"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="171452"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="45354"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="9158"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1218370"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="769851"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="81854"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="13838"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="94190"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="198643"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="44740"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="10731"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="116916"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16565"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="103118"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="12478"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="278934"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="120330"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10708"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9436"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="123903"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="11678"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="67145"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7816"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="64533"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="558682"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="392168"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="58840"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="37676"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="40609"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="19634"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="568317"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="429672"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="31547"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="37352"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="42783"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="17285"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="60269"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="36783"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12374"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="7081"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="75587"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="52382"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9368"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="8639"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="79139"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="24466"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="45884"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="17644"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="8124"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="189112"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="88731"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="22973"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4991"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="36915"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="20144"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9875"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="3776"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="12444"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4776"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="7469"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="29705"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="14203"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8110"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="344944"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="184061"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="24381"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="10100"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="105290"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="14131"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="355649"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="184863"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="14631"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="10133"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="126965"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="13498"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="116916"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16565"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="103118"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="12478"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="278934"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="120330"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10708"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9436"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="123903"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="11678"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="67145"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7816"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="64533"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="339596"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="189503"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="40753"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="6290"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="32736"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="48898"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="15301"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="4361"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="341160"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="204448"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="27113"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="27925"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="54726"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="15448"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="183971"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="116888"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="18081"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9009"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="28327"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="8222"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="181273"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="121107"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9549"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="8798"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="31294"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="7230"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="30860"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="20742"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5734"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="34047"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="25886"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3419"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="106039"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="44618"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="13901"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4077"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="20910"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="14395"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="5151"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="106299"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="49000"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12020"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="16324"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="16536"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="6028"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="18726"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="7255"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="5878"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19541"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="8455"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="6466"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="285952"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="192844"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="33209"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="30570"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="12977"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9509"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="307298"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="226557"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="22064"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="28843"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="13179"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9649"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="208187"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="154609"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="21330"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="13503"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8940"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="6421"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="219104"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="176468"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11168"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="13604"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8707"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="5769"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19180"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="11420"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="26876"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="18711"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="51569"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="23337"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6734"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="14095"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="54192"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="27368"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6816"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="11637"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="7126"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="144470"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="99331"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16604"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="18017"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="152071"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="113364"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11026"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="17313"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="115492"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="86357"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11942"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9625"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="119512"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="96777"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6336"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9547"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="7002"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10212"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19611"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="8246"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20102"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="9387"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="5656"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="64248"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="38856"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9890"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="10677"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="62192"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="40619"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7020"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9976"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="51032"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="34314"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7487"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="5539"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48428"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="35320"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="9065"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="8519"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="3298"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E4072"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+</pivotCacheRecords>
 </file>