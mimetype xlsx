--- v1 (2026-01-09)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b840decf40a41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fb9b245ac004f71869c4897eda712d2.psmdcp" Id="Rafa9214815eb45dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6743c2fa95324e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43752654054a445c9db5727787cb51e4.psmdcp" Id="R0282b4795ddc4850" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>