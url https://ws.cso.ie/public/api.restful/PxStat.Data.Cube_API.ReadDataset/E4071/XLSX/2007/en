--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R571b64dbb420414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad672cfded3d4a019bab2116d76e81b6.psmdcp" Id="R5ed0d97877d3496f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R729d7a58b7f74d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c5eb9bfd4f24426ab4c78ce9c82f287.psmdcp" Id="R368bf92a8a0e478a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4071</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4071/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -481,347 +481,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Children" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L673" totalsRowShown="0">
   <x:autoFilter ref="A1:L673"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02683V03250"/>
     <x:tableColumn id="4" name="Number of Children"/>
     <x:tableColumn id="5" name="C02258V02730"/>
     <x:tableColumn id="6" name="Type of Family Unit"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02708V03276"/>
     <x:tableColumn id="10" name="Social Class"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1094,51 +913,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4071/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1325,51 +1144,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="20.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="38.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26935,51 +26754,51 @@
       <x:c r="I673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L673" s="0">
         <x:v>231</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26996,51 +26815,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4071"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units in Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02683V03250">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="000"/>
         <x:s v="001"/>
         <x:s v="002"/>
         <x:s v="003"/>
         <x:s v="0041"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Number of Children">
       <x:sharedItems count="6">
         <x:s v="Total number"/>
@@ -27543,27 +27362,9436 @@
         <x:n v="476"/>
         <x:n v="867"/>
         <x:n v="368"/>
         <x:n v="4538"/>
         <x:n v="924"/>
         <x:n v="37"/>
         <x:n v="162"/>
         <x:n v="86"/>
         <x:n v="90"/>
         <x:n v="52"/>
         <x:n v="301"/>
         <x:n v="43"/>
         <x:n v="143"/>
         <x:n v="80"/>
         <x:n v="153"/>
         <x:n v="96"/>
         <x:n v="47"/>
         <x:n v="231"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="83116"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="320207"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="192093"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="220891"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="143439"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="48665"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="170799"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="1218370"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="93028"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="342779"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="203802"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="212882"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="146852"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="49197"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="169830"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="19683"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="74141"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="37113"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="51529"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="30261"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="11760"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="37165"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="278934"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="21715"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="79429"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="40767"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="54329"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="30484"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="12599"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="39611"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="7579"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="27560"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="17680"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="12651"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="9885"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="7972"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="27797"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="14970"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="10199"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="8522"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="5140"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="558682"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="48447"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="171416"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="83624"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="119374"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="68887"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="20991"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="45943"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="568317"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="53967"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="181276"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="88761"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="109355"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="69454"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="20272"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="45232"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="60269"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="12371"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="11082"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="14192"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="9085"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="75587"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="3303"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="16496"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="14071"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="16069"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="11313"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="10625"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="29493"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="39677"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="15761"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="21400"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="8257"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="67924"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="189112"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="4586"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="32427"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="42025"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="15731"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="22977"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="8625"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="62741"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="7384"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="6269"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="29705"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="5354"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="7199"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="6481"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="344944"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="27262"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="101701"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="54793"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="64180"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="40146"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="14222"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="42640"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="355649"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="29687"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="107226"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="55737"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="64528"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="39006"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="14714"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="44751"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="19683"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="74141"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="37113"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="51529"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="30261"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="11760"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="37165"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="278934"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="21715"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="79429"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="40767"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="54329"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="30484"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="12599"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="39611"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="7579"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="27560"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="17680"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="12651"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="9885"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="7972"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="27797"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="14970"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="10199"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="8522"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="5140"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="339596"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="18392"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="80713"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="60631"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="60749"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="44406"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="16007"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="58698"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="341160"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="20123"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="84358"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="62813"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="57419"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="44741"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="15696"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="56010"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="183971"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="13964"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="52761"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="28225"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="39578"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="24297"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="8291"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="16855"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="181273"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="14847"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="53429"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="28918"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="36377"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="23407"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="7909"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="16386"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="30860"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="6806"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="6401"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="6833"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="34047"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="8341"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="7038"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="6729"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="106039"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="17857"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="24158"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="9457"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="12762"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="34635"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="106299"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="19221"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="24771"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="9478"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="13477"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="31679"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="18726"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="4881"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="19541"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="4835"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="4294"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="285952"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="20317"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="79424"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="47358"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="55332"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="34965"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="10907"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="37649"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="307298"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="23778"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="89225"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="53611"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="53484"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="38107"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="11374"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="37719"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="208187"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="18248"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="66238"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="32420"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="44524"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="25431"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="7189"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="14137"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="219104"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="20850"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="72888"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="35638"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="41431"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="26786"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="7218"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="14293"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="19180"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="3859"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="26876"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="5768"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="5951"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="51569"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="8018"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="10820"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="5740"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="19445"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="54192"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="9209"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="18355"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="7126"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="144470"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="12103"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="42397"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="21369"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="28097"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="16495"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="4996"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="19013"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="152071"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="13998"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="46350"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="23508"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="26469"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="17650"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="19054"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="115492"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="11407"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="37916"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="16626"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="24302"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="13107"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="8489"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="119512"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="13098"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="17882"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="22166"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="13505"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="8415"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="7002"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="10212"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="19611"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="2709"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="8752"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="20102"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="3841"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="8169"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="64248"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="15972"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="7942"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="12533"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="7427"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="12799"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="62192"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="5442"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="15620"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="8133"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="10982"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="7348"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="12296"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="51032"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="4828"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="14501"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="6353"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="10970"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="6052"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="6462"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="48428"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="5172"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="13980"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="6323"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="9381"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="6138"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="9065"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="8519"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E4071"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+</pivotCacheRecords>
 </file>