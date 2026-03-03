--- v1 (2026-01-02)
+++ v2 (2026-03-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R729d7a58b7f74d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c5eb9bfd4f24426ab4c78ce9c82f287.psmdcp" Id="R368bf92a8a0e478a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0326223b90a4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d3973011a704fd6b62296c93759eb4c.psmdcp" Id="R2c227d3a00594b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>