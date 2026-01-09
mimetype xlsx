--- v0 (2025-11-12)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7773e7be67c242a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2efe0ecd2d154683b1ad5ffc88eb489f.psmdcp" Id="R1b2c1f4a253048dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafddd0b80b14415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/907fefc3c93e4fb8be28a16844240b2e.psmdcp" Id="R78f1ab7b6cd143f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4066</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units with Children in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2020 11:00:00 AM</x:t>
+    <x:t>10/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4066/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -454,291 +454,146 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...239 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Youngest Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J361" totalsRowShown="0">
   <x:autoFilter ref="A1:J361"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group of Youngest Child"/>
     <x:tableColumn id="3" name="C02255V02727"/>
     <x:tableColumn id="4" name="Composition of Private Household"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1009,51 +864,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4066/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1240,51 +1095,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J361"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="16.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12826,51 +12681,51 @@
       <x:c r="G361" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J361" s="0">
         <x:v>16957</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12887,51 +12742,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J361" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="375"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Youngest Child">
       <x:sharedItems count="6">
         <x:s v="All ages"/>
         <x:s v="0 - 4 years"/>
         <x:s v="5 - 9 years"/>
         <x:s v="10 - 14 years"/>
         <x:s v="15 - 19 years"/>
         <x:s v="20 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02255V02727">
       <x:sharedItems count="5">
         <x:s v="-"/>
@@ -13214,27 +13069,4348 @@
         <x:n v="17353"/>
         <x:n v="9510"/>
         <x:n v="4729"/>
         <x:n v="3060"/>
         <x:n v="1669"/>
         <x:n v="4747"/>
         <x:n v="3210"/>
         <x:n v="1537"/>
         <x:n v="205150"/>
         <x:n v="216472"/>
         <x:n v="127895"/>
         <x:n v="132470"/>
         <x:n v="2598"/>
         <x:n v="3842"/>
         <x:n v="58633"/>
         <x:n v="63203"/>
         <x:n v="16024"/>
         <x:n v="16957"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="834266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="141320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="133003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="131263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="135218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="293462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="862721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="122285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="144861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="139045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="150353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="306177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="558682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="88047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="89554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="89368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="94966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="196747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="568317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="74558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="98048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="94743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="101470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="199498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="60269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="25506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="13473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="75587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="25966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="18900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="13006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="10357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="7358"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="26361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="28051"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="29064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="29280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="73528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="189112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="20510"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="25983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="28549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="33906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="80164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="4474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="18421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="29705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="19157"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="266141"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="141320"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="76033"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="33970"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="12036"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="249091"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="122285"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="79453"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="30908"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="13439"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="180467"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="88047"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="58660"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="24084"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="7913"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="166307"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="74558"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="60469"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="21153"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="8381"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="38994"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="25506"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="7759"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="44272"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="25966"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="10740"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="44491"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="26361"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="9196"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="5696"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="36466"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="20510"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="7808"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="4752"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="139761"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="56970"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="50341"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="24379"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="8071"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="160952"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="65408"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="58162"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="28643"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="8739"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="94016"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="30894"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="39234"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="18051"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="109658"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="37579"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="45615"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="20585"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="5879"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="10060"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="5714"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="15161"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="8160"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="33083"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="18855"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="7817"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="33502"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="18175"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="7963"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="5337"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="119189"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="46952"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="46855"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="25382"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="123994"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="49975"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="50497"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="23522"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="82700"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="26050"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="36689"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="19961"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="84053"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="27975"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="38703"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="17375"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="5498"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="7539"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="27504"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="15551"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="7710"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="29078"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="15834"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="8542"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="4702"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="104025"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="51948"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="52077"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="112212"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="57774"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="54438"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="73604"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="32313"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="41291"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="75829"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="33801"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="42028"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="4773"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="22573"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="14318"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="8255"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="26863"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="17353"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="9510"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="4729"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="205150"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="205150"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="216472"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="216472"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="127895"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="127895"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="132470"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="132470"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="58633"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="58633"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="63203"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="63203"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="16024"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="16024"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C01"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="16957"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C02"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C03"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C04"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C05"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4066C06"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="16957"/>
+  </r>
+</pivotCacheRecords>
 </file>