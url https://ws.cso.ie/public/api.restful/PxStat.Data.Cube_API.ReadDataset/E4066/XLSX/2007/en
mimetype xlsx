--- v1 (2026-01-09)
+++ v2 (2026-02-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafddd0b80b14415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/907fefc3c93e4fb8be28a16844240b2e.psmdcp" Id="R78f1ab7b6cd143f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc79c697d551e4062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba67f55c99634843a8f65398ff936945.psmdcp" Id="Ra47020ee0c924f29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>