--- v0 (2025-11-09)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3abecd8ce75643a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ff6bf959989425c993e0e78e92e664a.psmdcp" Id="R7cd8b48140fb4afc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64a8667e01b449b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45967e975325409bb75b7fd5ec9c7dfa.psmdcp" Id="R655eae0401da4f6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4065</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households by the Average Number of Children in the Family Unit 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2020 11:00:00 AM</x:t>
+    <x:t>10/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4065/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,331 +484,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Eldest Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J757" totalsRowShown="0">
   <x:autoFilter ref="A1:J757"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group of Eldest Child"/>
     <x:tableColumn id="3" name="C02255V02727"/>
     <x:tableColumn id="4" name="Composition of Private Household"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1079,51 +904,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4065/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1310,51 +1135,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="41.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -25568,51 +25393,51 @@
       <x:c r="G757" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H757" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I757" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J757" s="0">
         <x:v>1.43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25629,51 +25454,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="375"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Eldest Child">
       <x:sharedItems count="6">
         <x:s v="All ages"/>
         <x:s v="0 - 4 years"/>
         <x:s v="5 - 9 years"/>
         <x:s v="10 - 14 years"/>
         <x:s v="15 - 19 years"/>
         <x:s v="20 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02255V02727">
       <x:sharedItems count="7">
         <x:s v="-"/>
@@ -26189,27 +26014,9100 @@
         <x:n v="7801"/>
         <x:n v="2545"/>
         <x:n v="1076"/>
         <x:n v="128817"/>
         <x:n v="18421"/>
         <x:n v="12311"/>
         <x:n v="4208"/>
         <x:n v="1355"/>
         <x:n v="412"/>
         <x:n v="135"/>
         <x:n v="27172"/>
         <x:n v="19157"/>
         <x:n v="13283"/>
         <x:n v="4195"/>
         <x:n v="1236"/>
         <x:n v="114"/>
         <x:n v="27312"/>
         <x:n v="1.43"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="344944"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="339596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="285952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="144470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="47602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="16646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="1625975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1218370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="355649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="341160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="307298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="152071"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="47002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="15190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="1682601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="278934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="278934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="558682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="183971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="208187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="115492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="38303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="12729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="1169314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.09"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="568317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="181273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="219104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="119512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="37061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="1188160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.09"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="60269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="30860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="19180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="7002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="104665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="75587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="34047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="26876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="10212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="3077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="138238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="106039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="51569"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="19611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="6379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="308109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="189112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="106299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="54192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="20102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="6259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="312241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="18726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="43887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="29705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="19541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="7126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="43962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.48"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="141320"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="95694"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="40696"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="4724"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="192101"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.36"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="122285"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="80269"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="37920"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="168584"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.38"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="88047"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="52109"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="31787"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="128319"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.46"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="74558"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="42736"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="28492"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="109847"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.47"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="25506"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="19886"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="5158"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="31612"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.24"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="25966"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="19250"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="6216"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="33211"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.28"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="26361"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="22489"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="30549"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.16"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="20510"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="17263"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="24015"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.17"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.15"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.21"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="133003"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="36042"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="59796"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="29742"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="6448"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="275695"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.07"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="144861"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="38664"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="69162"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="30848"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="295122"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.04"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="89554"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="14772"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="43555"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="24943"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="5499"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="202757"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.26"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="98048"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="16822"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="50265"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="25763"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="216090"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="13473"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="4490"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="6418"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="25666"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="18900"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="5942"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="9469"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="36051"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.91"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="28051"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="15588"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="9279"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="44390"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.58"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="25983"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="14749"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="8803"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="40094"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.54"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="131263"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="29848"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="51449"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="34091"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="12268"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="303346"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.31"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="139045"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="30538"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="55917"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="37132"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="12167"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="320072"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="89368"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="13191"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="36323"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="27084"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="9986"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="221897"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.48"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="94743"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="13359"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="39714"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="29367"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="9792"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="233512"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.46"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="3936"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="22358"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.23"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="13006"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="5251"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="29195"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.24"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="29064"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="12473"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="10318"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="54408"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.87"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="28549"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="12450"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="10125"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="52749"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.85"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="4683"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.67"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="2747"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="4616"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.68"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="135218"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="35634"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="47821"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="33103"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="13125"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="5535"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="313629"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.32"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="150353"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="39174"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="54261"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="37050"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="14475"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="346261"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="94966"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="20086"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="34725"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="25860"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="10231"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="4064"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="230463"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.43"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="101470"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="20208"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="37706"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="28391"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="11167"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="247404"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.44"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="15403"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.37"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="10357"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="24655"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.38"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="29280"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="11203"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="9749"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="5260"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="60234"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.06"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="33906"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="13735"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="11616"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="5707"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="66566"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.96"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="4474"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="7529"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.68"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="7636"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.65"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="293462"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="142378"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="86190"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="42810"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="15574"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="6510"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="541204"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.84"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="306177"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="152515"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="90038"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="43120"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="14728"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="5776"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="552562"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="196747"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="83813"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="61797"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="33621"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="12436"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="5080"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="385878"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.96"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="199498"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="88148"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="62927"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="32788"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="11357"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="381307"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.91"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="9626"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.02"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="7358"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="15126"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="2.06"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="73528"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="44286"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="18651"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="7059"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="118528"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.61"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="80164"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="48102"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="20640"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="7801"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="128817"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.61"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="18421"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="12311"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="27172"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.48"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C01"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="19157"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C02"/>
+    <s v="Family units - without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C03"/>
+    <s v="Family units - 1 child family"/>
+    <s v="Number"/>
+    <n v="13283"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C04"/>
+    <s v="Family units - 2 child family"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C05"/>
+    <s v="Family units - 3 child family"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C06"/>
+    <s v="Family units - 4 child family"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C07"/>
+    <s v="Family units - 5 or more child family"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C08"/>
+    <s v="Total children"/>
+    <s v="Number"/>
+    <n v="27312"/>
+  </r>
+  <r>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4065C09"/>
+    <s v="Average number of children in the family unit"/>
+    <s v="Number"/>
+    <n v="1.43"/>
+  </r>
+</pivotCacheRecords>
 </file>