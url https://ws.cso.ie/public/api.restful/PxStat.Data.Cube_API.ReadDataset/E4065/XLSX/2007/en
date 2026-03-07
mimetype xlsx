--- v1 (2026-01-09)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64a8667e01b449b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45967e975325409bb75b7fd5ec9c7dfa.psmdcp" Id="R655eae0401da4f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3164ea7964746b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a0afa0871154f2f98f41b4f00787732.psmdcp" Id="R51d8082ddcd24666" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>