--- v0 (2025-11-12)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268bad37a4784b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75d83d4833fc4eb084c473670ad1f25d.psmdcp" Id="R6f6b6d038fca41b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23187235986d4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d17580f83756404084e69f8ff2e6e558.psmdcp" Id="Re673a2ff23dc4ed3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4064</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4064/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -466,347 +466,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N541" totalsRowShown="0">
   <x:autoFilter ref="A1:N541"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="C02010V02440"/>
     <x:tableColumn id="8" name="Type of Private Accommodation"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="C02325V02801"/>
     <x:tableColumn id="12" name="Marital Status"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1081,51 +906,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4064/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1312,51 +1137,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N541"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="56.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="16.139196" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="36.853482" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -25154,51 +24979,51 @@
       <x:c r="K541" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N541" s="0">
         <x:v>15441</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25215,51 +25040,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N541" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4064"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -25852,27 +25677,8668 @@
         <x:n v="807"/>
         <x:n v="199"/>
         <x:n v="121"/>
         <x:n v="2215"/>
         <x:n v="887"/>
         <x:n v="992"/>
         <x:n v="210"/>
         <x:n v="126"/>
         <x:n v="72513"/>
         <x:n v="32495"/>
         <x:n v="22119"/>
         <x:n v="3015"/>
         <x:n v="14884"/>
         <x:n v="75470"/>
         <x:n v="30440"/>
         <x:n v="25564"/>
         <x:n v="4025"/>
         <x:n v="15441"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="922448"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="547727"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="265173"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="84492"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="25056"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="993149"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="575230"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="304035"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="89045"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="24839"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="174079"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="92067"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="60690"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="15794"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5528"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="186891"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="95555"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="69061"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="16969"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="275589"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="155336"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="87670"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="26005"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="6578"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="301501"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="166152"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="100549"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="27680"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="7120"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="207406"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="125151"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="54389"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="20377"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="214512"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="129319"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="57963"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="20079"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="7151"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="198091"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="132782"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="46016"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="15504"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3789"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="230609"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="146273"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="61816"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="18498"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4022"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="38440"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="26057"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="7840"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="36811"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="24778"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="7811"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="7250"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="18456"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="10110"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="6144"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="15882"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="8989"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="5132"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="2686214"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="957308"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="1443431"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="119472"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="166003"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="2762164"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="969632"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="1488116"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="133028"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="171388"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1414179"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="452118"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="833269"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="50392"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="78400"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1433888"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="458098"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="839388"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="55502"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="80900"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="698066"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="249210"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="375058"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="35979"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="37819"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="720713"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="253837"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="388354"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="38989"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="39533"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="360914"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="144910"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="166659"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="21347"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="27998"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="365810"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="143709"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="171557"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="23187"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="27357"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="60821"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="36632"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="18002"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="4209"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="78501"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="41117"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="28946"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="9711"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="142119"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="69752"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="46928"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="6387"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="19052"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="147525"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="65400"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="53581"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="8139"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="20405"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="451758"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="272085"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="135066"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="38421"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="486262"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="285990"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="154404"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="39574"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="6294"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="88211"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="48635"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="30888"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="7363"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="93409"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="49645"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="34766"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="7713"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="130532"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="74374"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="44521"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="10146"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="142865"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="79827"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="50743"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="10630"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="98163"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="60472"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="27584"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="8283"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="102267"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="62877"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="29365"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="8165"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="98638"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="65496"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="23492"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="8589"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="115824"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="73107"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="31812"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="9751"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="20852"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="14137"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="4127"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="19931"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="13386"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="4670"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="8763"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="4879"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="7618"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="4443"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1319752"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="512338"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="720021"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="50497"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="36896"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1353587"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="514211"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="742710"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="55350"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="41316"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="709342"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="254424"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="414805"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="22564"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="17549"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="715084"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="253396"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="417864"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="24217"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="19607"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="335036"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="127163"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="186553"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="12955"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="8365"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="345558"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="129107"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="193127"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="13913"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="9411"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="171896"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="74038"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="83054"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="8619"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="174087"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="72743"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="85587"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="9301"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="6456"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="28337"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="16676"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="9003"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="38033"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="19677"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="14728"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="5337"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="69606"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="37257"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="24809"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="72055"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="34960"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="28017"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4964"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="470690"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="275642"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="130107"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="46071"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="18870"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="506887"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="289240"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="149631"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="49471"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="18545"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="85868"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="43432"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="29802"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="8431"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4203"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="93482"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="45910"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="34295"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="9256"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="145057"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="80962"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="43149"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="15859"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5087"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="158636"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="86325"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="49806"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="17050"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5455"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="109243"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="64679"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="26805"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="12094"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5665"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="112245"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="66442"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="28598"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="11914"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5291"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="99453"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="67286"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="22524"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="6915"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="114785"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="73166"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="30004"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="8747"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="17588"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="11920"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="16880"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="11392"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="9693"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="5231"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="8264"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1366462"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="444970"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="723410"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="68975"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="129107"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1408577"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="455421"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="745406"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="77678"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="130072"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="704837"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="197694"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="418464"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="27828"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="60851"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="718804"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="204702"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="421524"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="31285"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="61293"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="363030"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="122047"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="188505"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="23024"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="29454"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="375155"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="124730"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="195227"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="25076"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="30122"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="189018"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="70872"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="83605"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="12728"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="21813"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="191723"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="70966"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="85970"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="13886"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="20901"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="32484"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="19956"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="8999"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="40468"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="21440"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="14218"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="72513"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="32495"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="22119"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="14884"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="75470"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="30440"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="041"/>
+    <s v="Married (incl. same-sex civil partnership)"/>
+    <s v="Number"/>
+    <n v="25564"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="E4064"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="15441"/>
+  </r>
+</pivotCacheRecords>
 </file>