--- v1 (2026-01-12)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23187235986d4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d17580f83756404084e69f8ff2e6e558.psmdcp" Id="Re673a2ff23dc4ed3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722e21a9e85f4ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0061495b695e4eb38c83a960da6f5315.psmdcp" Id="Rc5a7f9e95c4e434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>