--- v0 (2025-11-09)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ed4be19bb5a4afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fafb01514c7c4e0ab7fcd7fb789d2963.psmdcp" Id="R99d1eae7867642e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05d3adbbe1394486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cb3052d86c64bb68d67c3cfac2cd1e5.psmdcp" Id="R64fee6596d7f489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4061</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over That Are Usually Resident and Have Lived Outside Ireland for a Period of One Year or More 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2020 11:00:00 AM</x:t>
+    <x:t>10/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4061/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -466,307 +466,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J385" totalsRowShown="0">
   <x:autoFilter ref="A1:J385"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02325V02801"/>
     <x:tableColumn id="4" name="Detailed Marital Status"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1037,51 +880,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4061/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1268,51 +1111,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J385"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="83.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13622,51 +13465,51 @@
       <x:c r="G385" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J385" s="0">
         <x:v>2127</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13683,51 +13526,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J385" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02325V02801">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="0115"/>
         <x:s v="05"/>
         <x:s v="09A"/>
         <x:s v="12"/>
         <x:s v="15"/>
@@ -14135,27 +13978,4636 @@
         <x:n v="808"/>
         <x:n v="2092"/>
         <x:n v="146392"/>
         <x:n v="20994"/>
         <x:n v="4619"/>
         <x:n v="110486"/>
         <x:n v="2586"/>
         <x:n v="5988"/>
         <x:n v="1719"/>
         <x:n v="1585"/>
         <x:n v="146490"/>
         <x:n v="20887"/>
         <x:n v="4823"/>
         <x:n v="109397"/>
         <x:n v="2884"/>
         <x:n v="6287"/>
         <x:n v="2212"/>
         <x:n v="2127"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="3551289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="508220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="319377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="2471934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="132739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="69091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="49928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="57373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="3687585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="531588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="304921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="2544373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="146144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="89962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="70597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="67728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="1476059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="171380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="130826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1066820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="54190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="27892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="24951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="28976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="1513770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="177092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="126743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1076145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="60578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="36864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="36348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="31092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="1635439"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="260448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="144763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1121463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="60797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="28763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="19205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="20467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="1700234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="273210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="133920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1162617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="63589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="39349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="27549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="25962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="50445"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="11183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="13145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="21537"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="58646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="12823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="13450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="26641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="115384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="19395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="8197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="79327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="117201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="19154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="7613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="81403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="5036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="84997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="17431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="16402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="41609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="6627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="100417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="19720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="16083"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="52563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="8683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="188965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="28383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="6044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="141178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="7525"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="193360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="28756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="143000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="8110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="1744978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="242901"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="158276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1217684"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="66546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="33408"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="26163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="26532"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="1807994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="252740"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="150323"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1249535"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="73595"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="44495"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="37306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="31855"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="771635"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="85274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="66657"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="561388"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="28706"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="15895"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="13715"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="12788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="786296"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="87916"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="63901"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="561510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="32046"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="20836"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="20087"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="13905"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="815341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="127124"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="72364"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="561194"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="30892"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="13690"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="10077"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="10423"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="846540"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="132307"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="66940"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="580833"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="32866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="19177"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="14417"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="13465"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="28117"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="7134"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="12186"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="32919"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="7256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="7293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="15385"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="50391"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="9069"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="34325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="51064"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="8568"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="35314"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="36921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="7697"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="7263"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="17899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="41923"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="8349"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="6875"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="21731"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="42573"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="30692"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="46870"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="7869"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="33603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="1806311"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="265319"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="161101"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1254250"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="66193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="35683"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="23765"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="30841"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="1879591"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="278848"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="154598"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1294838"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="72549"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="45467"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="33291"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="35873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="704424"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="86106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="64169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="505432"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="25484"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="11997"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="11236"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="16188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="727474"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="89176"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="62842"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="514635"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="28532"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="16028"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="16261"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="17187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="820098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="133324"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="72399"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="560269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="29905"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="15073"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="9128"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="10044"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="853694"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="140903"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="66980"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="581784"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="30723"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="20172"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="13132"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="12497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="22328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="4835"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="6011"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="9351"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="25727"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="5567"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="11256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="64993"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="10326"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="45002"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="66137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="10586"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="46089"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="48076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="9734"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="9139"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="23710"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="58494"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="11371"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="9208"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="30832"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="5215"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="146392"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="20994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="4619"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="110486"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="5988"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C01"/>
+    <s v="Total usually resident in Ireland"/>
+    <s v="Number"/>
+    <n v="146490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C02"/>
+    <s v="Lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="20887"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C03"/>
+    <s v="Lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="4823"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C04"/>
+    <s v="Not lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="109397"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C05"/>
+    <s v="Not lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C06"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Irish nationality"/>
+    <s v="Number"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C07"/>
+    <s v="Not stated if they lived outside Ireland for a year or more - Other nationality (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4061C08"/>
+    <s v="Total usually resident elsewhere"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+</pivotCacheRecords>
 </file>