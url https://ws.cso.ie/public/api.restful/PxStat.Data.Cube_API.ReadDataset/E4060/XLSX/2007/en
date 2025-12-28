--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccefa2b7d5204d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8396b52e8e45417e83bc67183dd29b79.psmdcp" Id="Rfc4394f1b936459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfca0f04114946a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53be34f0cb89413a985102b59898522e.psmdcp" Id="R0b98bd6e64be41a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4060</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4060/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -508,387 +508,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L721" totalsRowShown="0">
   <x:autoFilter ref="A1:L721"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02325V02801"/>
     <x:tableColumn id="10" name="Detailed Marital Status"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1161,51 +950,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4060/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1392,51 +1181,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L721"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="33.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28826,51 +28615,51 @@
       <x:c r="I721" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L721" s="0">
         <x:v>4267</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28887,51 +28676,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L721" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4060"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -29673,27 +29462,10108 @@
         <x:n v="1151"/>
         <x:n v="935"/>
         <x:n v="245"/>
         <x:n v="99510"/>
         <x:n v="50080"/>
         <x:n v="36719"/>
         <x:n v="1227"/>
         <x:n v="4315"/>
         <x:n v="3595"/>
         <x:n v="3574"/>
         <x:n v="116122"/>
         <x:n v="54946"/>
         <x:n v="187"/>
         <x:n v="44975"/>
         <x:n v="1765"/>
         <x:n v="5031"/>
         <x:n v="4951"/>
         <x:n v="4267"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1505035"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="1655906"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="52698"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="116194"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="87770"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="191059"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1544862"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="1726196"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="61729"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="118178"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="103895"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="196227"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="42387"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="16848"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="15713"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5940"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="52214"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="20121"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="18813"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="8026"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="414509"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="88988"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="216731"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="5993"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="19194"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="10364"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="73239"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="334284"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="69681"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="171849"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="5315"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="15157"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="9996"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="62175"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="499489"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="143001"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="275774"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="8612"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="23316"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="15033"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="33753"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="449766"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="120511"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="248182"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="8929"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="20860"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="16078"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="34944"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="601498"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="223512"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="304616"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="9432"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="21036"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="16197"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="26705"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="573643"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="207234"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="288232"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="10544"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="20465"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="17940"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="28682"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="258697"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="90372"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="135461"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="9468"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="9191"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="9426"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="271532"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="91927"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="141199"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="5864"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="10434"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="10789"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="11052"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="171925"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="62960"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="92427"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="182318"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="60560"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="102050"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3978"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="5886"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="135122"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="43358"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="75913"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="153351"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="47023"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="86285"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="5689"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="5781"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="221977"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="75515"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="124005"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="6576"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="5645"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="237117"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="74163"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="135076"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="7517"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="7313"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="7550"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="271301"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="122533"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="131915"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3543"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3794"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="331293"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="142730"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="165587"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="4640"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="6674"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="6213"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4884"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="224744"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="88234"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="120558"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4802"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4693"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="284107"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="102542"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="158895"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="6641"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="21970"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="6678"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="13044"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="28759"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="8402"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="17132"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="139871"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="50509"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="61822"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3735"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="16844"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="198668"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="74681"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="90205"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="6049"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="5295"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="19778"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="389618"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="14943"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="411521"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="11841"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="102909"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="72984"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="6978"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="6060"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="231133"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="113766"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="90850"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="8317"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="8181"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="784423"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="825764"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="29323"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="50833"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="38085"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="43082"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="800201"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="860005"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="34583"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="51615"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="43309"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="47610"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="23086"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="10604"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="8794"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="28296"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="12715"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="10545"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="216530"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="59400"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="121682"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="9403"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="17251"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="175603"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="46062"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="97621"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="15901"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="268192"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="91964"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="147294"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="10571"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="7033"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="6533"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="243128"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="77054"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="136051"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="5153"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="9909"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="7549"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="7252"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="274842"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="120559"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="130142"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="4727"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="8349"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="6400"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="268675"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="115004"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="127149"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="5434"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="8336"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="7086"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="120366"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="42687"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="64864"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="122938"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="42585"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="65853"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="3891"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4443"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="116900"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="43519"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="63563"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="119588"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="39007"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="69423"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="59359"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="19726"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="33656"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="66290"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="21284"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="37743"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="98460"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="33719"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="56616"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="106692"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="34103"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="62399"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="120962"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="51609"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="62397"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="147460"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="61764"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="76475"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="94295"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="32858"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="55225"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="119676"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="40168"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="70837"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="13018"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="8207"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="16016"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="4235"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="9977"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="67473"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="28290"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="30399"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="99422"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="42362"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="45185"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5200"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="193214"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="6660"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="205038"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="4872"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="52829"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="36265"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="115011"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="58820"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="45875"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3230"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="720612"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="830142"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="23375"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="65361"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="49685"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="147977"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="744661"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="866191"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="27146"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="66563"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="60586"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="148617"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="19301"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="6919"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="23918"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="7406"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="8268"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5776"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="197979"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="29588"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="95049"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="5053"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="55988"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="158681"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="23619"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="74228"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4986"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="46274"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="231297"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="51037"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="128480"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3815"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="12745"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="27220"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="206638"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="43457"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="112131"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3776"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="10951"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="8529"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="27692"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="326656"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="102953"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="174474"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="12687"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="9797"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="22040"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="304968"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="92230"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="161083"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="5110"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="12129"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="10854"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="23365"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="138331"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="47685"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="70597"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="5698"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="5077"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="7099"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="148594"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="49342"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="75346"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="6543"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="8179"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="55025"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="19441"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="28864"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="62730"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="21553"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="32627"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="75763"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="23632"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="42257"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="87061"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="25739"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="48542"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="123517"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="41796"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="67389"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4001"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4848"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="130425"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="40060"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="72677"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4752"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5815"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="150339"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="70924"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="69518"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="183833"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="80966"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="89112"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3992"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="130449"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="55376"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="65333"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="164431"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="62374"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="88058"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="3994"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="3233"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="4837"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="12743"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="4167"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="7155"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="72398"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="22219"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="31423"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="13083"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="99246"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="32319"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="45020"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="14578"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="196404"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="8283"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="206483"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="6969"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="50080"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="36719"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3574"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="116122"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="54946"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="44975"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="5031"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4951"/>
+  </r>
+  <r>
+    <s v="E4060"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+</pivotCacheRecords>
 </file>