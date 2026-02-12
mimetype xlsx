--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfca0f04114946a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53be34f0cb89413a985102b59898522e.psmdcp" Id="R0b98bd6e64be41a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd9144efe93d4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2cc0610ee25e4dec94600a0ab79133d4.psmdcp" Id="Rcf1524e384934881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>