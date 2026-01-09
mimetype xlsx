--- v0 (2025-11-10)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra98b030ff1fe488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2fe8d36b2d9143679033ce8df9c799ae.psmdcp" Id="R8f2ae2e282744be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb871f0edf3e4dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74024a6368b44207ad83df3596086e16.psmdcp" Id="Rbf5ec8ed52d34194" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4058</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4058/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -463,331 +463,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L385" totalsRowShown="0">
   <x:autoFilter ref="A1:L385"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02325V02801"/>
     <x:tableColumn id="6" name="Detailed Marital Status"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02699V03267"/>
     <x:tableColumn id="10" name="Nature of Occupancy"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1060,51 +891,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4058/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1291,51 +1122,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L385"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="33.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="39.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15957,51 +15788,51 @@
       <x:c r="I385" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>148617</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16018,51 +15849,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L385" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4058"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -16479,27 +16310,5404 @@
         <x:n v="3034"/>
         <x:n v="60586"/>
         <x:n v="99483"/>
         <x:n v="13964"/>
         <x:n v="5389"/>
         <x:n v="9434"/>
         <x:n v="1093"/>
         <x:n v="2954"/>
         <x:n v="15660"/>
         <x:n v="147977"/>
         <x:n v="100629"/>
         <x:n v="12470"/>
         <x:n v="5111"/>
         <x:n v="9703"/>
         <x:n v="1109"/>
         <x:n v="2622"/>
         <x:n v="16973"/>
         <x:n v="148617"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="1221671"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="1310417"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="605446"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="249128"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="25454"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="42420"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="154126"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="1296459"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="1240023"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="628953"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="286995"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="29263"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="47938"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="225682"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="409891"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="471613"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="368469"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="141287"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="15196"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="22775"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="75804"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1505035"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="425777"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="437131"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="365175"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="166555"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="17606"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="25894"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="106724"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1544862"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="619103"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="735357"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="172303"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="62482"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="5190"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="12447"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="49024"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1655906"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="656305"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="701843"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="195450"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="70844"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="6103"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="14381"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="81270"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1726196"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="16211"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="21660"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="8922"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="52698"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="20537"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="21932"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3439"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="61729"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="28898"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="37113"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="24615"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="17984"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="116194"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="32677"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="33739"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="24065"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="17910"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5709"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="118178"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="20063"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="26239"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="23949"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="11546"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="87770"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="28314"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="26987"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="25514"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="14157"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="103895"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="127505"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="18435"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="7188"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="12755"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="20063"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="191059"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="132039"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="16748"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="6790"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="13231"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22601"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="196227"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="600613"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="643497"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="305059"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="112474"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="11498"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="22727"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="75642"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="634479"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="606923"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="314902"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="132505"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="13487"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="25368"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="112185"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="234689"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="237074"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="185863"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="65580"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="6920"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="13722"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="40575"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="784423"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="239265"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="218423"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="183623"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="79234"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="8113"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="15020"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="56523"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="800201"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="307625"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="364198"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="88367"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="31019"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="25741"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="825764"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="325646"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="347260"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="99326"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="35217"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="7210"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="42335"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="860005"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="9009"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="12277"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="4849"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="29323"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="11586"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="12420"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="5998"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="34583"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="12888"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="15037"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="12533"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="6339"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="50833"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="14784"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="13192"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="11753"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="6688"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="51615"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="8380"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="10440"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="38085"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="11329"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="10404"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="11739"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="5542"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="43309"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="28022"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="43082"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="31410"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5628"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="47610"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="621058"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="666920"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="300387"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="136654"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="13956"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="19693"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="78484"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="661980"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="633100"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="314051"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="154490"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="15776"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="22570"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="113497"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="175202"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="234539"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="182606"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="75707"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="8276"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="9053"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="35229"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="720612"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="186512"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="218708"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="181552"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="87321"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="9493"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="10874"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="50201"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="744661"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="311478"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="371159"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="83936"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="31463"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="6197"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23283"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="830142"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="330659"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="354583"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="96124"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="35627"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="7171"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="38935"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="866191"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="7202"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="9383"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="4073"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="23375"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="8951"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="9512"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="4808"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="27146"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="16010"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="22076"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="12082"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="11645"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="65361"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="17893"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="20547"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="12312"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="11222"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="66563"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="11683"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="15799"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="12301"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="6937"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="49685"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="16985"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="16583"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="13775"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="8615"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3034"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="60586"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="99483"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="13964"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="9434"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15660"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="147977"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="100629"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="12470"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="9703"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16973"/>
+  </r>
+  <r>
+    <s v="E4058"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="148617"/>
+  </r>
+</pivotCacheRecords>
 </file>