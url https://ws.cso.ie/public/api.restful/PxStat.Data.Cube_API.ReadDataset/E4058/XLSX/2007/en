--- v1 (2026-01-09)
+++ v2 (2026-03-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb871f0edf3e4dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74024a6368b44207ad83df3596086e16.psmdcp" Id="Rbf5ec8ed52d34194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d495476edb240f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8eb502ab86524efcad4f3e474006e711.psmdcp" Id="Rfcbbbc517c2c4b44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>