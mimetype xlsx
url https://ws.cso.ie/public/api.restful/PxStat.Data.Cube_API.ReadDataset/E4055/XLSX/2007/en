--- v0 (2025-10-19)
+++ v1 (2025-12-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0272246a30264de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0103d9f542c447a2bbfb0f0b6c934ac7.psmdcp" Id="R9bc9fdba4be64996" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3907f3850cdf45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9701de9384f8407d98a47e2655cf1764.psmdcp" Id="R1ebda149b2cb448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4055</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4055/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -463,331 +463,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L385" totalsRowShown="0">
   <x:autoFilter ref="A1:L385"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02708V03276"/>
     <x:tableColumn id="6" name="Social Class"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02325V02801"/>
     <x:tableColumn id="10" name="Detailed Marital Status"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1060,51 +891,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4055/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1291,51 +1122,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L385"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="33.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15957,51 +15788,51 @@
       <x:c r="I385" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>63209</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16018,51 +15849,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L385" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4055"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -16479,27 +16310,5404 @@
         <x:n v="2848"/>
         <x:n v="3136"/>
         <x:n v="7813"/>
         <x:n v="372415"/>
         <x:n v="163983"/>
         <x:n v="105089"/>
         <x:n v="3139"/>
         <x:n v="20688"/>
         <x:n v="11829"/>
         <x:n v="67687"/>
         <x:n v="384610"/>
         <x:n v="170166"/>
         <x:n v="239"/>
         <x:n v="113962"/>
         <x:n v="3621"/>
         <x:n v="19395"/>
         <x:n v="14018"/>
         <x:n v="63209"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1505035"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="1655906"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="52698"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="116194"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="87770"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="191059"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="1544862"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="1726196"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="61729"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="118178"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="103895"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="196227"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="234930"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="96210"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="122617"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4405"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="264706"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="107567"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="137644"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="4798"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4975"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="934293"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="353692"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="490012"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="16135"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="23593"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="19145"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="31716"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="993936"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="374210"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="517709"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="18816"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="24631"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="23199"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="33714"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="634883"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="275543"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="289662"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="8297"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="19544"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="14738"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="27099"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="666915"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="278655"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="307390"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="10249"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="20665"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="18358"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="30831"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="575768"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="218520"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="295737"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="17549"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="14133"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="19904"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="550810"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="200937"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="285007"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="10972"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="17145"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="15648"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="20741"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="412022"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="162901"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="197346"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="6310"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="14709"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="11971"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="18785"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="425477"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="172218"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="197270"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="7483"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="15087"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="13908"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="19122"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="148155"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="58401"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="66551"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="5493"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="10694"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="149273"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="57415"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="67175"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="5459"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="11183"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="668611"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="339768"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="193981"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="5974"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="31281"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="19151"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="78456"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="704196"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="353860"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="214001"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="7013"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="30543"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="22612"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="75661"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="784423"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="825764"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="29323"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="50833"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="38085"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="43082"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="800201"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="860005"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="34583"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="51615"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="43309"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="47610"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="133152"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="52783"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="71217"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="149492"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="59223"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="79270"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="425758"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="159016"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="231709"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="9160"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="10587"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="7633"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="7653"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="452519"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="170345"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="242896"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="10683"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="10552"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="8769"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="8319"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="221633"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="110147"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="95963"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4199"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="237030"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="116312"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="102211"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="5320"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="389805"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="151179"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="198390"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="7149"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="12859"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="10235"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="9993"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="368697"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="132104"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="193661"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="7983"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="12474"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="10979"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="11245"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="220814"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="95946"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="104334"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="6643"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="5334"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="229181"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="100584"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="106216"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="4067"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="6810"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="6007"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="5253"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="84152"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="39567"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="35259"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="83344"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="37939"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="35712"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="296196"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="175785"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="88892"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="10593"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="10769"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="319586"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="183694"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="100039"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3392"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="11148"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="8594"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="12452"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="720612"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="830142"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="23375"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="65361"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="49685"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="147977"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="744661"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="866191"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="27146"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="66563"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="60586"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="148617"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="101778"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="43427"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="51400"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="115214"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="48344"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="58374"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="508535"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="194676"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="258303"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="6975"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="13006"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="11512"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="24063"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="541417"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="203865"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="274813"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="8133"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="14079"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="14430"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="25395"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="413250"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="165396"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="193699"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="5253"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="14650"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="11352"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="22900"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="429885"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="162343"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="205179"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="6286"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="15345"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="14176"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="26255"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="185963"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="67341"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="97347"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4690"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="9911"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="182113"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="68833"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="91346"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="4671"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="4669"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="9496"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="191208"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="66955"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="93012"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="8066"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="13641"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="196296"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="71634"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="91054"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="8277"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="7901"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="13869"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="64003"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="18834"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="31292"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="65929"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="19476"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="31463"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="7813"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="372415"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="163983"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="105089"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="20688"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="11829"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="67687"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="Number"/>
+    <n v="384610"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="Number"/>
+    <n v="170166"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="Number"/>
+    <n v="113962"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="Number"/>
+    <n v="19395"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="Number"/>
+    <n v="14018"/>
+  </r>
+  <r>
+    <s v="E4055"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="Number"/>
+    <n v="63209"/>
+  </r>
+</pivotCacheRecords>
 </file>