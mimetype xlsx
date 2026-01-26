--- v1 (2025-12-12)
+++ v2 (2026-01-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3907f3850cdf45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9701de9384f8407d98a47e2655cf1764.psmdcp" Id="R1ebda149b2cb448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9dde25d67545bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/386f63403b9d43e1b7fbbb2c9afa3af9.psmdcp" Id="Re62abeddcc3145ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>