--- v2 (2026-01-26)
+++ v3 (2026-03-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9dde25d67545bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/386f63403b9d43e1b7fbbb2c9afa3af9.psmdcp" Id="Re62abeddcc3145ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2b52ab037e4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66040ff6532d401583cb6b05b0570e31.psmdcp" Id="Rd43f23f893e34f02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>