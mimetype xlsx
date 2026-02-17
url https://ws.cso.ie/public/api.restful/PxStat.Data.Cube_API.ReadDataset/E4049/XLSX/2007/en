--- v0 (2025-11-12)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75354d160bc4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1c5b0bab7c8493f94f10570456f2156.psmdcp" Id="R59eff9231a324b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02422806dbd044c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10a289f2091b4d07ab3da2ad131422ea.psmdcp" Id="Rf20d3a1b26924a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4049</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Females Aged 15 Years and Over Usually Resident and Present in the State by Average Number of Children Born 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/4/2020 11:00:00 AM</x:t>
+    <x:t>04/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Updated by CSO 08/10/2020#This table excludes females who have not indicated whether or not they had given birth.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4049/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -505,355 +505,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J521" totalsRowShown="0">
   <x:autoFilter ref="A1:J521"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02688V03255"/>
     <x:tableColumn id="4" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1124,51 +931,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4049/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1357,51 +1164,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J521"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="44.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -18063,51 +17870,51 @@
       <x:c r="G521" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J521" s="0">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18124,51 +17931,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J521" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="13">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="565"/>
         <x:s v="590"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="13">
         <x:s v="All ages"/>
         <x:s v="15 - 19 years"/>
         <x:s v="20 - 24 years"/>
         <x:s v="25 - 29 years"/>
@@ -18534,27 +18341,6268 @@
         <x:n v="5113"/>
         <x:n v="6725"/>
         <x:n v="53"/>
         <x:n v="85"/>
         <x:n v="4.3"/>
         <x:n v="21"/>
         <x:n v="24"/>
         <x:n v="58"/>
         <x:n v="80"/>
         <x:n v="112"/>
         <x:n v="193"/>
         <x:n v="240"/>
         <x:n v="569"/>
         <x:n v="1631"/>
         <x:n v="3.4"/>
         <x:n v="2082"/>
         <x:n v="193759"/>
         <x:n v="220804"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1505332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1524524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="170381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="185730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="22501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="26816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="23636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11918"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1755049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1809364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="109412"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="112858"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8039"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8967"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="123903"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="131120"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="112701"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="99669"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17349"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13714"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="138476"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="123519"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="129061"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="102729"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="36912"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="25267"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3825"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="178950"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="140122"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="145160"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="128201"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="32593"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="36638"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5245"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4113"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="192626"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="180221"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="143901"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="144013"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="20411"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="31050"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3980"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="177091"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="190392"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="136329"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="141931"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14829"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="19918"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4203"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="160041"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="174492"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="133086"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="134313"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11830"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14252"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="149860"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="157305"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="121756"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="130393"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8915"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10924"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="133741"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="146299"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="110141"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="118619"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6234"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8177"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="118361"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="130079"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="98245"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="106522"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4853"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5739"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="104622"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="114403"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="79237"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="94511"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3303"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="83619"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="100608"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="186303"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="210765"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6725"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="193759"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C01"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="220804"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4049C02"/>
+    <s v="Avg. number of children born"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+</pivotCacheRecords>
 </file>