--- v0 (2025-11-10)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f1ce24f0b6e4207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11ce704d82a547119c6f9d6839c8bf71.psmdcp" Id="R311e4e2d7b2948a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f9c2a292c4f4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7884afb18ce64e3f94fcab13ca2c6178.psmdcp" Id="Rf5d0c72853f5430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4042</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4042/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,363 +490,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02256V02728A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02256V02728B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Size of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L595" totalsRowShown="0">
   <x:autoFilter ref="A1:L595"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02255V02727"/>
     <x:tableColumn id="4" name="Composition of Private Household"/>
     <x:tableColumn id="5" name="C02256V02728A"/>
     <x:tableColumn id="6" name="Persons per Household"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02256V02728B"/>
     <x:tableColumn id="10" name="Size of Family Unit"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1119,51 +926,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4042/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1350,51 +1157,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L595"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="29.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -23996,51 +23803,51 @@
       <x:c r="I595" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L595" s="0">
         <x:v>348</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24057,51 +23864,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L595" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4042"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units in Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02255V02727">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="41"/>
         <x:s v="42"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Composition of Private Household">
       <x:sharedItems count="3">
         <x:s v="All private households"/>
         <x:s v="One family household"/>
         <x:s v="Two or more family household"/>
       </x:sharedItems>
@@ -24525,27 +24332,8344 @@
         <x:n v="46"/>
         <x:n v="205430"/>
         <x:n v="47866"/>
         <x:n v="103523"/>
         <x:n v="35875"/>
         <x:n v="11928"/>
         <x:n v="3835"/>
         <x:n v="1499"/>
         <x:n v="485"/>
         <x:n v="419"/>
         <x:n v="245670"/>
         <x:n v="59226"/>
         <x:n v="117762"/>
         <x:n v="46640"/>
         <x:n v="14985"/>
         <x:n v="4476"/>
         <x:n v="1691"/>
         <x:n v="348"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="344944"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="339596"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="285952"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="144470"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="47602"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="11801"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1218370"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="355649"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="341160"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="307298"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="152071"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="47002"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="10838"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="412506"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="313257"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="99249"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="420547"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="323140"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="97407"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="273715"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="16262"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="205998"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="51455"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="273750"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="15192"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="206328"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="52230"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="264753"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="9173"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="17623"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="218034"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="19923"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="283496"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="9787"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="18753"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="235070"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="19886"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="148158"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="3649"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="9715"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="10657"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="117678"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="158107"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="4237"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="10933"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="12438"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="124303"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="6196"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="56001"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="38956"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="5075"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="5574"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="38532"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="15931"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="9212"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="16385"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="5223"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3963656"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="747140"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="981994"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="1117784"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="711914"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="282118"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="81650"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="25800"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="15256"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="4120110"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="773684"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="994678"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="1208646"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="751780"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="279092"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="75226"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="23282"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="13722"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1141220"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="334954"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="319797"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="280151"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="142792"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="47128"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="11635"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1173087"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="343434"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="318541"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="299744"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="149982"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="46458"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="10656"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="412506"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="313257"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="99249"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="420547"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="323140"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="97407"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="273715"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="16262"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="205998"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="51455"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="273750"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="15192"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="206328"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="52230"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="253613"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="11809"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="218034"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="19923"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="270598"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="3631"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="12011"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="235070"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="19886"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="136328"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="9140"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="117678"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="143915"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="124303"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="6196"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="47646"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="38956"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="47609"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="38532"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="12129"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="9212"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="11638"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3758226"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="699274"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="878471"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="1081909"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="699986"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="278283"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="80151"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="25315"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="14837"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3874440"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="714458"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="876916"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="1162006"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="736795"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="274616"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="73535"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="22740"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="41"/>
+    <s v="One family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="13374"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="37990"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="9990"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="19799"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="5801"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="45283"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="12215"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="22619"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="7554"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="11140"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="5814"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="12898"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="6156"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="6742"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="11830"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="7760"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="14192"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="8935"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="8355"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="3716"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="10112"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="205430"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="47866"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="103523"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="35875"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="11928"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="3835"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="245670"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="Number"/>
+    <n v="59226"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="Number"/>
+    <n v="117762"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="Number"/>
+    <n v="46640"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="Number"/>
+    <n v="14985"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="E4042"/>
+    <s v="Family Units in Private Households 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Two or more family household"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+</pivotCacheRecords>
 </file>