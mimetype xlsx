--- v1 (2026-01-06)
+++ v2 (2026-02-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f9c2a292c4f4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7884afb18ce64e3f94fcab13ca2c6178.psmdcp" Id="Rf5d0c72853f5430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51c15e08d21e478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a1f556974cf4134832100a88e3989f4.psmdcp" Id="R4505595c483646e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>