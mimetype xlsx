--- v0 (2025-11-04)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b81b3d62f04ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e464699d4ca647caab4ea507c7274b85.psmdcp" Id="R9d09238e6eb54361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03469331f404a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f89e5b622f0344e38edb4c06fc63d604.psmdcp" Id="R85b52ba87b244506" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4033</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Number of Persons per Private Household in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/10/2020 11:00:00 AM</x:t>
+    <x:t>10/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4033/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -580,459 +580,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J577" totalsRowShown="0">
   <x:autoFilter ref="A1:J577"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C03367V04052"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1303,51 +1032,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4033/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1534,51 +1263,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J577"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="46.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -20032,51 +19761,51 @@
       <x:c r="G577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I577" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J577" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20093,51 +19822,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J577" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
@@ -20591,27 +20320,6940 @@
         <x:n v="46797"/>
         <x:n v="17363"/>
         <x:n v="40580"/>
         <x:n v="14868"/>
         <x:n v="39192"/>
         <x:n v="14526"/>
         <x:n v="51034"/>
         <x:n v="17538"/>
         <x:n v="52381"/>
         <x:n v="18220"/>
         <x:n v="115812"/>
         <x:n v="40796"/>
         <x:n v="114850"/>
         <x:n v="41544"/>
         <x:n v="42818"/>
         <x:n v="14233"/>
         <x:n v="43347"/>
         <x:n v="14568"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="54079"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="19365"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="56471"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="20465"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="499257"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="524687"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="211591"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="202509"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="75786"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="213353"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="78568"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="271468"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="292466"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="96607"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="263284"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="89877"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="276761"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="92393"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="208004"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="70504"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="220354"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="73348"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="94121"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="97276"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="34743"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="79564"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="83310"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="28997"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="38903"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14410"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="40715"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="15092"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="122215"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="127566"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="45363"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="183806"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="61922"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="193727"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="63861"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="75875"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="77404"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="27184"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="84609"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="87591"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="31685"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="143799"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="147713"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="54006"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="134848"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="47579"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="140566"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="49005"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="115399"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="116685"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43348"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="115234"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="120802"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="49370"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="396188"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="140445"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="413327"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="146052"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="140639"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="141282"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="54288"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="186902"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="69421"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="191599"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="71022"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="157580"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="58275"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="158432"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="59071"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="112034"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="114186"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43455"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="70805"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="74275"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="28827"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="171649"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="60644"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="176406"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="62729"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="31400"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="31647"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="12404"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="128255"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="127481"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="48745"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="63186"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="63579"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="23962"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="63429"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="24428"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="63493"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="24761"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="72478"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="75144"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="26806"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="158722"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="156888"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="58305"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="60328"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="21176"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="61190"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="21612"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2773889"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2909592"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1080837"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="26217"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="10011"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="27715"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="10592"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="499257"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="524687"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="211591"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="200757"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="75208"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="211162"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="77844"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="252092"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="86723"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="273384"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="90476"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="258868"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="88339"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="272042"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="90827"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="140884"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="48632"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="149494"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="50433"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="33993"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="13250"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="36716"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="13983"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="36991"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="13736"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="39660"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14281"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="12589"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13606"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="78365"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="29454"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="84280"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="31031"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="104859"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="35562"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="113843"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="37177"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="32971"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="12224"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="32944"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="12107"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="40271"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="15574"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="42235"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="16121"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="54201"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="21580"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="56022"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="22184"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="88154"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="31510"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="91879"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="32195"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="45991"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="17599"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="46196"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="17691"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="115234"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="120802"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="49370"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="202653"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="73447"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="213152"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="76618"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="47506"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="19148"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="47525"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="19410"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="99110"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="38677"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="102253"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="39348"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="64943"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="25938"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="65079"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="26047"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="68896"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="27234"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="69562"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="27680"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="70805"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="74275"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="28827"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="38140"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14827"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="38905"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14923"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="36165"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14435"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="35243"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14284"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16172"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16782"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="6599"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="22849"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="24301"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="10235"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="21444"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="22763"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="8586"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="42910"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="16925"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="42038"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="16761"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="17510"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="6943"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="17843"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="7044"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1726680"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1756784"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="616828"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="27862"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="9354"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="28756"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="9873"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="19376"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="6228"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="19082"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="67120"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="21872"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="70860"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="22915"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="60128"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="20333"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="60560"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="20760"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="42573"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14180"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43650"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14716"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="26314"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="9483"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="27109"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="9858"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43850"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14443"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43286"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14332"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="78947"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="26360"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="79884"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="26684"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="42904"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14319"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="44460"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="15077"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="44338"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="15050"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="45356"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="15564"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="89598"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="30765"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="91691"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="31822"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="46694"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="16069"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="48687"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="16810"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="69408"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="24935"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="70489"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="25657"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="193535"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="66998"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="200175"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="69434"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="93133"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="33940"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="93757"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="34878"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="87792"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="30744"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="89346"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="31674"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="92637"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="32337"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="93353"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="33024"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43138"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="15005"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="44624"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="15775"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="133509"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="45817"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="137501"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="47806"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="28308"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="10913"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="28443"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="11066"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="92090"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="33497"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="92238"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="34461"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="47014"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="17142"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="46797"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="17363"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="40580"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="39192"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14526"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="51034"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="17538"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="52381"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="18220"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="115812"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="40796"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="114850"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="41544"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="42818"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14233"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C01"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43347"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C02"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="14568"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E4033C03"/>
+    <s v="Average number of persons per private household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+</pivotCacheRecords>
 </file>