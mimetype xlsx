--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5023561ce06e481e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0757724e9f20434d88a364ed6847edc6.psmdcp" Id="R1b57615c773e4266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60d69840f0364f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c01168add7f8405bb630a22167ff27a1.psmdcp" Id="Ra26035e3272b4d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4030</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households with Persons Aged 18 Years and Under 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4030/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L513" totalsRowShown="0">
   <x:autoFilter ref="A1:L513"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03367V04052"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="C02076V03371"/>
     <x:tableColumn id="8" name="Age Group"/>
     <x:tableColumn id="9" name="C02254V02726"/>
     <x:tableColumn id="10" name="Persons per Household"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4030/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L513"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="65.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="30.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21096,51 +20813,51 @@
       <x:c r="I513" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L513" s="0">
         <x:v>4972</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21157,51 +20874,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L513" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4030"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
         <x:s v="KK"/>
         <x:s v="LS"/>
         <x:s v="LD"/>
         <x:s v="LH"/>
@@ -21799,27 +21516,7196 @@
         <x:n v="19076"/>
         <x:n v="9806"/>
         <x:n v="13591"/>
         <x:n v="11278"/>
         <x:n v="16333"/>
         <x:n v="3425"/>
         <x:n v="4714"/>
         <x:n v="4351"/>
         <x:n v="6704"/>
         <x:n v="3502"/>
         <x:n v="4915"/>
         <x:n v="11502"/>
         <x:n v="16811"/>
         <x:n v="3250"/>
         <x:n v="4658"/>
         <x:n v="7393"/>
         <x:n v="3594"/>
         <x:n v="4972"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="822381"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1154764"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="256100"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="337240"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="324228"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="487782"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="242053"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="329742"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="845934"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1192527"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="236500"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="308968"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="347369"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="529013"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="262065"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="354546"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14274"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3956"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10777"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15083"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4507"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6790"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3334"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="68712"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="92060"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="21512"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="27069"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="26083"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="37135"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="21117"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="27856"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="70303"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="94017"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="21469"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="27033"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="27388"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="39073"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="21446"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="27911"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="32011"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="45255"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12470"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="12235"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="18619"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10332"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14166"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="33576"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="47644"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9827"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12951"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="13456"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="20491"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10293"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14202"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="55234"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="76086"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="19588"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="25690"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="21679"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="32117"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="13967"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="18279"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="59801"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="83034"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="18176"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="23397"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="25063"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="37790"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="16562"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21847"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="51268"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="70614"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="16610"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21409"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="20243"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="30060"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="14415"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="19145"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="53519"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="73996"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="15372"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="19783"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="22153"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="33063"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="15994"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21150"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="42780"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="60032"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="13801"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="18132"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="17298"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="26175"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11681"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15725"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="44593"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="63165"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="12421"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16230"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="18617"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="28484"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="13555"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="18451"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="17843"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="25257"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7184"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7049"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10650"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7423"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="18407"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="26147"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6715"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7502"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="11491"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7941"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="16349"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="23196"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5455"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7252"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9949"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="17302"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="24603"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4835"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6261"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7313"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="11316"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7026"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7439"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10794"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7857"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5103"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="24120"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="33394"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7573"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9825"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9710"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14462"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6837"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9107"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="25063"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="34848"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6734"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8686"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10429"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15670"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7900"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10492"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="38518"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="54161"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="12803"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16900"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="15456"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="23266"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10259"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13995"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="40623"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="57520"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11315"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14791"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="17132"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="26307"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="12176"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16422"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="15047"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21340"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4487"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5955"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5999"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9157"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6228"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="15015"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21420"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3952"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5272"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6160"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9467"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4903"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6681"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="16235"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="22992"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4959"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6509"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9748"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4919"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6735"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="16819"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="23735"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4661"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6074"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6872"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7213"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="27980"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="39030"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8311"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10857"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11326"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16806"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8343"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="28280"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="39517"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7367"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9515"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11686"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="17665"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9227"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12337"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="26300"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="36766"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10949"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10419"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15524"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7607"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10293"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="27010"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="37824"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9391"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11442"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="17346"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8248"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="11087"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="21910"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="31296"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6427"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8559"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8820"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13544"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6663"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9193"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="21733"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="31154"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7475"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8941"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13881"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7153"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9798"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="15620"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21079"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8488"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7198"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="15632"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21125"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4353"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5538"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6098"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8845"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5181"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6742"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="76427"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="108930"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="24359"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="32688"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="29992"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="45794"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="22076"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="30448"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="79723"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="114321"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="22371"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="29794"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="33148"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="51308"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="24204"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="33219"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="24982"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="35099"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7192"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9456"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9904"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14810"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7886"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10833"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="24809"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="35032"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6483"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8459"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10158"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15449"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8168"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="11124"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="33117"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="46118"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10099"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13318"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="12952"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="19147"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13653"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="33595"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="47198"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9338"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12236"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="13666"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="20713"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10591"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14249"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="29475"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="41510"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="11414"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11638"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="17493"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9162"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12603"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="29390"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="41395"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7762"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10231"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="12048"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="18284"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9580"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12880"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="20992"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="29035"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8198"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8468"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12428"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6248"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8409"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="21076"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="29487"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7085"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8739"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13191"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9211"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10353"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14360"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5956"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11054"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15382"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3459"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4446"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4405"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6589"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3190"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4347"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="32404"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="47357"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9967"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13515"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="12784"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="20192"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9653"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13650"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="33264"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="48799"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9218"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12481"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="13770"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21856"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="10276"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14462"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5660"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8280"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3539"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8418"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="22687"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="33161"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8739"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8929"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14085"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7291"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10337"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="22254"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="32452"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5944"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7928"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="8969"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="14157"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7341"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10367"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11396"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16402"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7012"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11528"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16697"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7367"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5134"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11005"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="15779"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4398"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6595"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4786"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11217"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16173"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4127"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4551"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7154"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3546"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4892"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="14140"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="20535"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5944"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5544"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5961"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="14675"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21312"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4034"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="5423"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="5985"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4656"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6445"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="30810"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="44239"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9034"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="12050"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="12281"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="18864"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9495"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13325"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="29776"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="42851"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="10184"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="12178"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="19076"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="9806"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="13591"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11278"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16333"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="6704"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4915"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="11502"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="16811"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4446"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="7393"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="Number"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="E4030"/>
+    <s v="Private Households with Persons Aged 18 Years and Under 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+</pivotCacheRecords>
 </file>