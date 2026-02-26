--- v1 (2026-01-06)
+++ v2 (2026-02-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60d69840f0364f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c01168add7f8405bb630a22167ff27a1.psmdcp" Id="Ra26035e3272b4d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8e69992bf24808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b056b4aa28148e2adbc18954447139d.psmdcp" Id="R772df4d8dd704e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>