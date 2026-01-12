--- v0 (2025-11-08)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9cfb15da4f4262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6a81f8b69e0441ab2ee2524a50016cb.psmdcp" Id="R0748adf28af54e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074f697909ca4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96ba4e830b1a4bd2b5de11cea6129335.psmdcp" Id="R9ecc899a86344816" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4027</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4027/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -502,371 +502,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J289" totalsRowShown="0">
   <x:autoFilter ref="A1:J289"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02255V02727"/>
     <x:tableColumn id="4" name="Composition of Private Household"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1137,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4027/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1368,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10650,51 +10445,51 @@
       <x:c r="G289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J289" s="0">
         <x:v>69359</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10711,51 +10506,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4027"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02255V02727">
       <x:sharedItems count="18">
         <x:s v="-"/>
         <x:s v="02"/>
         <x:s v="45"/>
         <x:s v="04"/>
         <x:s v="46"/>
         <x:s v="07"/>
         <x:s v="085"/>
         <x:s v="095"/>
         <x:s v="47"/>
         <x:s v="48"/>
         <x:s v="13"/>
@@ -11102,27 +10897,3484 @@
         <x:n v="1107"/>
         <x:n v="37648"/>
         <x:n v="3431"/>
         <x:n v="9766"/>
         <x:n v="41368"/>
         <x:n v="1729"/>
         <x:n v="787"/>
         <x:n v="842"/>
         <x:n v="4685"/>
         <x:n v="62608"/>
         <x:n v="4498"/>
         <x:n v="7252"/>
         <x:n v="38640"/>
         <x:n v="2518"/>
         <x:n v="884"/>
         <x:n v="929"/>
         <x:n v="14638"/>
         <x:n v="69359"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="568958"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="583469"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="305785"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="129814"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="14991"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="26126"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="25065"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1654208"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="614133"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="535881"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="310050"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="143791"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="16782"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="28108"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="53544"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="1702289"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="167093"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="83417"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="75528"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="36224"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="6294"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="13789"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9655"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="185451"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="68527"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="65002"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="41578"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="7078"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="13788"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="18391"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="399815"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="144867"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="63761"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="19514"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="6675"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="240146"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="164105"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="54973"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="21329"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="7680"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="254744"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="5729"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="29375"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="33647"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="73111"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="20325"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="34096"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="68396"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="148449"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="295831"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="48507"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="21769"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3678"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="522959"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="145533"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="286298"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="61554"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="24352"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="3615"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="529687"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="25000"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="16985"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="7883"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="54911"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="25327"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="24182"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="10523"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="68979"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="40682"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="35162"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="33035"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="39366"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="155264"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="41032"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="33985"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="30604"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="37617"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="153189"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="10890"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="3347"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="24497"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="11186"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="6053"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="24731"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="6003"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="13095"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="6655"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="13328"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="7985"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="11143"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="26226"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="8361"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="11359"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="4552"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="15190"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="5329"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="3383"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="17206"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="6675"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="5614"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="18317"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="8882"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="6599"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="21857"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="17186"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="6807"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="10520"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="39611"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="17274"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="4848"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="37648"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="9766"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="41368"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="62608"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="Number"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="Number"/>
+    <n v="7252"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="Number"/>
+    <n v="38640"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14638"/>
+  </r>
+  <r>
+    <s v="E4027"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="Number"/>
+    <n v="69359"/>
+  </r>
+</pivotCacheRecords>
 </file>