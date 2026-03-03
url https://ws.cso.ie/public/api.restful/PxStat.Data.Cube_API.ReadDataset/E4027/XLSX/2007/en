--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074f697909ca4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96ba4e830b1a4bd2b5de11cea6129335.psmdcp" Id="R9ecc899a86344816" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e478581b2a4746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/438a1493d3984dd58dd684ef5dc1a056.psmdcp" Id="Rd12452e29c6b48b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>