--- v0 (2025-11-13)
+++ v1 (2026-02-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c077bf8d1244c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d168c646510416fad761722bb4c1e8a.psmdcp" Id="Ra7e46b592f8a4914" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801af6c092c44aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07179e04aac842309becc5ee428746e8.psmdcp" Id="Rf209e8cd5fd34f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4010</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units with Two or More Children in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>This table was amended on the 25th of April to rename the label of 'oldest child' to 'youngest child' and vice versa.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4010/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -427,315 +427,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Eldest Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Youngest Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L361" totalsRowShown="0">
   <x:autoFilter ref="A1:L361"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371A"/>
     <x:tableColumn id="4" name="Age Group of Eldest Child"/>
     <x:tableColumn id="5" name="C02076V03371B"/>
     <x:tableColumn id="6" name="Age Group of Youngest Child"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02258V02730"/>
     <x:tableColumn id="10" name="Type of Family Unit"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1008,51 +851,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4010/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1241,51 +1084,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L361"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="68.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -14995,51 +14838,51 @@
       <x:c r="I361" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L361" s="0">
         <x:v>3674</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15056,51 +14899,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L361" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4010"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371A">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="375"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Eldest Child">
       <x:sharedItems count="6">
         <x:s v="All ages"/>
@@ -15393,27 +15236,5068 @@
         <x:n v="19961"/>
         <x:n v="626"/>
         <x:n v="4243"/>
         <x:n v="552"/>
         <x:n v="23522"/>
         <x:n v="17375"/>
         <x:n v="4702"/>
         <x:n v="455"/>
         <x:n v="52077"/>
         <x:n v="41291"/>
         <x:n v="862"/>
         <x:n v="8255"/>
         <x:n v="1669"/>
         <x:n v="54438"/>
         <x:n v="42028"/>
         <x:n v="1363"/>
         <x:n v="9510"/>
         <x:n v="1537"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="494670"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="374711"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="29409"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="80245"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="10305"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="521561"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="387044"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="41540"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="82813"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="10164"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="170447"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="128358"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="19108"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="22002"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="168822"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="123571"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="25022"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="19203"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="103719"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="79244"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="17495"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="122288"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="92836"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="9219"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="18753"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="89341"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="69509"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="15031"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="93456"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="70694"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="16628"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="68391"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="53518"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="11370"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="73038"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="55621"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="13128"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="62772"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="44082"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="14347"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="63957"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="44322"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="15101"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="3674"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="45626"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="35938"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="5620"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="42016"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="31822"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="6716"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="45626"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="35938"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="5620"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="42016"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="31822"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="6716"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="96961"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="74782"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="8983"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="106197"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="81226"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="12958"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="11234"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="76033"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="58660"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="7759"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="9196"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="79453"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="60469"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="10740"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="7808"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="20928"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="16122"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="26744"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="20757"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="101415"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="76177"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="7352"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="16591"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="108507"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="81384"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="9753"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="16099"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="33970"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="24084"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="5696"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="30908"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="21153"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="4752"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="50341"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="39234"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="7817"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="58162"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="45615"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="7963"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="17104"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="12859"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="19437"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="14616"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="99584"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="74880"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="4656"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="18077"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="111179"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="81262"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="7737"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="20171"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="12036"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="7913"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="13439"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="8381"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="24379"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="18051"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="28643"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="20585"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="5337"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="46855"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="36689"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="7710"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="50497"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="38703"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="8542"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="16314"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="12227"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="18600"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="13593"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="151084"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="112934"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="29242"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="153662"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="111350"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="32062"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="8071"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="8739"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="5879"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="25382"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="19961"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="23522"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="17375"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="4702"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="52077"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="41291"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="8255"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="54438"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="42028"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="9510"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="62772"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="44082"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="14347"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="63957"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="619"/>
+    <s v="Married Couple"/>
+    <s v="Number"/>
+    <n v="44322"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3001"/>
+    <s v="One parent mother"/>
+    <s v="Number"/>
+    <n v="15101"/>
+  </r>
+  <r>
+    <s v="E4010"/>
+    <s v="Family Units with Two or More Children in Private Households 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3012"/>
+    <s v="One parent father"/>
+    <s v="Number"/>
+    <n v="3674"/>
+  </r>
+</pivotCacheRecords>
 </file>