--- v0 (2025-11-15)
+++ v1 (2026-01-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf917f59609594f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1adf6ff968147edbc158a416b4e9860.psmdcp" Id="R196431fbb9124ff6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe7acb67452e44fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58a89f94a726474ab042ee1bb9885990.psmdcp" Id="R41130816a4724a32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E4008</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4008/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P4</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 4 - Households and Families</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -523,411 +523,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02256V02728" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Children per Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L1009" totalsRowShown="0">
   <x:autoFilter ref="A1:L1009"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02258V02730A"/>
     <x:tableColumn id="4" name="Age Group of Child"/>
     <x:tableColumn id="5" name="C02256V02728"/>
     <x:tableColumn id="6" name="Children per Family Unit"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02258V02730B"/>
     <x:tableColumn id="10" name="Type of Family Unit"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1200,51 +971,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E4008/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1431,51 +1202,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L1009"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="35.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="32.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -39809,51 +39580,51 @@
       <x:c r="I1009" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J1009" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K1009" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L1009" s="0">
         <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39870,51 +39641,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L1009" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E4008"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02258V02730A">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="112"/>
         <x:s v="113"/>
         <x:s v="114"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Child">
       <x:sharedItems count="4">
         <x:s v="All family units"/>
         <x:s v="All children under 15 years"/>
         <x:s v="All children aged 15 years and over"/>
@@ -40556,27 +40327,14140 @@
         <x:n v="10092"/>
         <x:n v="774"/>
         <x:n v="2304"/>
         <x:n v="198"/>
         <x:n v="12534"/>
         <x:n v="9252"/>
         <x:n v="1218"/>
         <x:n v="1962"/>
         <x:n v="9701"/>
         <x:n v="7326"/>
         <x:n v="713"/>
         <x:n v="1546"/>
         <x:n v="116"/>
         <x:n v="8540"/>
         <x:n v="6579"/>
         <x:n v="674"/>
         <x:n v="1181"/>
         <x:n v="106"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="558682"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="60269"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1218370"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="278934"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="568317"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="75587"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="189112"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="29705"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="344944"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="355649"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="278934"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="76715"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="339596"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="183971"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="30860"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="106039"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="18726"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="341160"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="181273"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="34047"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="106299"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="19541"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="285952"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="208187"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="19180"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="51569"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="307298"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="219104"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="26876"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="54192"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="7126"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="144470"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="115492"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="7002"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="19611"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="152071"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="119512"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="10212"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="20102"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="47602"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="38303"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6379"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="47002"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="37061"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3077"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6259"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="11801"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="9062"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="10838"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="8120"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1625975"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="1169314"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="104665"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="308109"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="43887"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1682601"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="1188160"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="138238"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="312241"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="43962"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="339596"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="183971"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="30860"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="106039"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="18726"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="341160"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="181273"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="34047"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="106299"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="19541"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="571904"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="416374"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="38360"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="103138"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="14032"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="614596"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="438208"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="53752"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="108384"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="14252"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="433410"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="346476"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="21006"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="58833"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="7095"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="456213"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="358536"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="30636"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="60306"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="6735"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="190408"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="153212"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="8928"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="25516"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="188008"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="148244"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="12308"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="25036"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="59005"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="45310"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="9580"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="54190"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="40600"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="4740"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="8150"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="19518"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="14748"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="17556"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="12972"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2610"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="12134"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="9223"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="10878"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="8327"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="405586"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="266969"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="49005"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="83476"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="406191"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="267349"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="57872"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="75042"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="161584"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="80072"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="27050"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="50550"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="149471"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="72917"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="28445"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="44462"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="151941"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="111665"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="15512"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="23169"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="162999"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="118471"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="20936"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="21936"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="68557"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="56011"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="4782"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="7292"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="71901"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="58333"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="6489"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6594"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="18903"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="15636"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="17799"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="14537"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="771142"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="552973"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="79636"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="129347"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="9186"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="783778"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="559449"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="98457"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="116858"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="9014"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="161584"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="80072"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="27050"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="50550"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="149471"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="72917"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="28445"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="44462"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="303882"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="223330"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="31024"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="46338"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3190"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="325998"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="236942"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="41872"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="43872"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3312"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="205671"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="168033"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="14346"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="21876"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="215703"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="174999"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="19467"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="19782"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="75612"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="62544"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="4980"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="7588"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="71196"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="58148"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="6084"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6516"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="17905"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="14050"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="15505"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="12035"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="3936"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="309175"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="201499"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="81206"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="20753"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="328684"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="208299"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="8615"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="90066"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="21704"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="178012"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="103899"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="55489"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="14814"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="191689"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="108356"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="61837"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="15894"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="92826"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="67418"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="19427"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="98254"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="69822"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="21621"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="4502"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="30010"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="23596"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="30895"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="23980"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5289"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="6733"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="5339"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="6558"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="5158"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="489021"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="337433"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="8167"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="114895"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="28526"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="513854"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="345702"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="12481"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="126534"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="29137"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="178012"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="103899"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="55489"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="14814"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="191689"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="108356"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="61837"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="15894"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="185652"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="134836"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="38854"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="196508"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="139644"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="43242"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="9004"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="90030"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="70788"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="14904"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3354"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="92685"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="71940"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="15867"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="26932"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="21356"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="26232"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="20632"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="4945"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="5285"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="4070"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="119505"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="90214"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="5547"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="21602"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="127846"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="92669"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="9100"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="24004"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="41185"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="29104"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="8973"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="46045"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="30811"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3631"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="10635"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="45903"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="35885"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="7351"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="49275"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="37199"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="8219"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="21966"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="17328"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="22645"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="17366"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="6960"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="5263"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="6680"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="4899"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="365812"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="278908"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="16862"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="63867"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="6175"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="384969"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="283009"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="27300"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="68849"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="16"/>
+    <s v="Children - No children in family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="17"/>
+    <s v="Children - 1 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="82370"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="58208"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="17946"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="92090"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="61622"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="7262"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="21270"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="18"/>
+    <s v="Children - 2 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="137709"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="107655"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="5676"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="22053"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="147825"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="111597"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="9441"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="24657"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="19"/>
+    <s v="Children - 3 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="87864"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="69312"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="3620"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="13748"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="90580"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="69464"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="5780"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="14204"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="20"/>
+    <s v="Children - 4 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="34800"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="26315"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="6270"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="33400"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="24495"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="5575"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="21"/>
+    <s v="Children - 5  child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="13368"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="10092"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="12534"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="22"/>
+    <s v="Children - 6 child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="9701"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="7326"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="Number"/>
+    <n v="6579"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1101"/>
+    <s v="One parent mother with children"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="E4008"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="23"/>
+    <s v="Children - 7 or more child family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1112"/>
+    <s v="One parent father with children"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+</pivotCacheRecords>
 </file>