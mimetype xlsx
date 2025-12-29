--- v0 (2025-11-09)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973e258c915745b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43e2227f3e1b464684e42a364ab86159.psmdcp" Id="R1d0499fd56c24d2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a6171ca21a4a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/145f6b285fe74294ab13a8edbb885e8b.psmdcp" Id="Rcfdfcfbd49c34264" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E3016</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Age Group of Persons in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/30/2020 11:00:00 AM</x:t>
+    <x:t>30/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E3016/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - An Age Profile of Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -511,363 +511,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02720V03287" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J793" totalsRowShown="0">
   <x:autoFilter ref="A1:J793"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02720V03287"/>
     <x:tableColumn id="4" name="Composition of Private Household"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1138,51 +939,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E3016/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1369,51 +1170,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26779,51 +26580,51 @@
       <x:c r="G793" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J793" s="0">
         <x:v>16.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26840,51 +26641,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02720V03287">
       <x:sharedItems count="11">
         <x:s v="A"/>
         <x:s v="B"/>
         <x:s v="C"/>
         <x:s v="F"/>
         <x:s v="H"/>
         <x:s v="I"/>
         <x:s v="J"/>
@@ -27691,27 +27492,9532 @@
         <x:n v="34951"/>
         <x:n v="23540"/>
         <x:n v="13623"/>
         <x:n v="5976"/>
         <x:n v="4839"/>
         <x:n v="1582"/>
         <x:n v="16"/>
         <x:n v="160402"/>
         <x:n v="21979"/>
         <x:n v="45503"/>
         <x:n v="38597"/>
         <x:n v="26033"/>
         <x:n v="15198"/>
         <x:n v="5907"/>
         <x:n v="5049"/>
         <x:n v="1907"/>
         <x:n v="223"/>
         <x:n v="16.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="353425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="502660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="344914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="366170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="747004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="682362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="570257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="452449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="291932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="199236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="4676648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="329854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="549743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="372116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="342750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="650072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="734374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="614928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="495527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="355980"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="231304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="3859164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="352071"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="500307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="339126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="301715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="587750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="589030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="490097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="368152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="217055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="113861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="3995231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="327126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="543583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="364036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="285108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="514702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="634319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="524600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="397560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="266992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="137205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="3769080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="348281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="493603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="332796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="289343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="565716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="579518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="482741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="362371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="211888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="102823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="3900524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="323285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="537698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="357813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="272990"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="492781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="622802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="516213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="389508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="260572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="126862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1273979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="293835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="397785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="260010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="189168"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="106678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="21516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1326398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="278336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="444546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="278069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="185831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="107033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="25302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="6622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="90084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="12372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="22034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="9512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="5781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="11038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="94707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3841"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="5885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="12118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="21921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="11517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="8387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="8052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="10343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="651245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="5788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="64455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="159254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="93332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="80160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="84297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="74877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="85375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="681417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="8080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="57642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="135370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="100055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="90328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="97967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="88988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="94099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="12104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="55256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="61063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="59238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="67134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="63166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="73129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="399815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="7891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="36734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="57087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="64214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="76019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="75127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="81672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="259245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="52351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="103998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="32269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="20922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="17163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="11711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="12246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="281602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="7038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="49751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="98636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="42968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="26114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="21948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="13861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="12427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1927790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="34393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="376573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="488482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="419506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="330588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="195705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="81905"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1999106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="22207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="307320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="524160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="443248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="353339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="242629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="105734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="215315"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="13107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="44318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="49421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="44176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="26962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="15742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="20912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="218817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="7830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="37708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="53272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="50906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="30266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="17333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="21117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="351996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="54446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="95818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="71471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="52675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="38147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="20099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="14457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="356203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="44949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="93152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="78890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="57122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="40720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="20068"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="15437"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="5263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2243086"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="180621"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="257415"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="176854"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="182631"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="365090"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="342070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="283683"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="226816"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="143790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="84116"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2319102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="168941"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="281299"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="190282"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="173741"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="313903"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="362102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="305370"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="246061"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="175951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="101452"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1909741"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="179939"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="256216"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="173939"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="150071"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="276423"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="285617"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="236536"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="181955"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="111322"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="57723"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1973510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="167611"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="278144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="186085"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="144860"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="238781"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="303298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="252948"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="194894"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="135885"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="71004"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1863635"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="177985"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="252805"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="170817"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="143867"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="262884"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="279130"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="232382"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="179409"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="109387"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="54969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1926349"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="165678"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="275124"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="183002"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="139029"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="226285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="295641"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="248184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="191570"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="133607"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="68229"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="675976"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="150092"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="203616"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="134113"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="102786"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="66763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="15261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="700440"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="142708"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="227475"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="142518"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="99861"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="65237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="17656"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="4545"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="46106"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="13539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="6487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="47161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="12496"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="7657"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="333345"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2915"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="32560"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="88667"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="56453"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="47147"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="44861"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="32468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="26393"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="345592"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4197"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="28881"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="75122"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="58804"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="52422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="51167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="40066"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="30448"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="193606"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6674"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="31712"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="36330"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="34403"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="35128"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="26774"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="22066"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="195519"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="21845"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="33539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="36915"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="39119"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="33144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="26019"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="139739"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="25886"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="56955"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="20123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="12744"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9733"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5694"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="150073"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="24624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="53277"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="25265"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="15507"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="12048"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6922"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="964495"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="11679"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="169698"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="245210"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="212060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="169473"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="105227"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="50987"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1000403"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="7881"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="134030"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="259519"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="225679"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="180593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="128613"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="63921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="4536"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7606"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6831"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3979"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="29705"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="7194"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="194133"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="27893"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="49189"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="36520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="29135"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="24524"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="14123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="9618"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="195801"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="22970"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="47649"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="40293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="31089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="25522"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="14161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="10388"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2267323"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="172804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="245245"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="168060"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="183539"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="381914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="340292"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="286574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="225633"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="148142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="115120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2357546"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="160913"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="268444"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="181834"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="169009"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="336169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="372272"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="309558"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="249466"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="180029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="129852"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1949423"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="172132"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="244091"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="165187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="151644"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="311327"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="303413"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="253561"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="186197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="105733"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="56138"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2021721"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="159515"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="265439"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="177951"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="140248"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="275921"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="331021"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="271652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="202666"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="131107"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="66201"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1905445"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="170296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="240798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="161979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="145476"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="302832"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="300388"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="250359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="182962"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="102501"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="47854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1974175"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="157607"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="262574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="174811"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="133961"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="266496"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="327161"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="268029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="197938"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="126965"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="58633"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Members of family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="598003"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="143743"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="194169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="125897"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="86382"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="39915"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="6255"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="625958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="135628"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="217071"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="135551"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="85970"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="41796"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="7646"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Children (of any age) enumerated with both parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="43978"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8495"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="8284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="47546"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="9425"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="7568"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Other persons in family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="317900"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="31895"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="70587"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="36879"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="33013"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="39436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="42409"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="58982"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="335825"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="28761"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="60248"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="41251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="37906"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="46800"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="48922"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="63651"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Persons in non-family households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="198394"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="23544"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="24733"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="24835"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="32006"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="36392"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="51063"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="204296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="14889"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="23548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="27299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="36900"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="41983"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="55653"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="One-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="119506"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="26465"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="47043"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="12146"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="8178"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="7430"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="7919"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="131529"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="25127"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="45359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="17703"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="10607"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9900"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6939"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="7998"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Members of multi-person households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="963295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="22714"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="206875"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="243272"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="207446"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="161115"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="90478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="30918"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="998703"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="14326"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="173290"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="264641"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="217569"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="172746"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="114016"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="41813"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Persons enumerated as married couples or cohabiting couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="12840"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="42419"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="44885"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="36570"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="20131"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="11852"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="16933"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="189112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="7632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="36212"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="48967"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="43334"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="23072"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="12720"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="16814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Persons enumerated as single parents"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="47.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="157863"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="26553"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="46629"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="34951"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="23540"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="13623"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="4839"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="160402"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="21979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="45503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="38597"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="26033"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="15198"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5907"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5049"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Children (of any age) enumerated within a one parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3016C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="16.9"/>
+  </r>
+</pivotCacheRecords>
 </file>