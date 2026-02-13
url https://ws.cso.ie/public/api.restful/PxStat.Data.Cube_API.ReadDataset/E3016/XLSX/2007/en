--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a6171ca21a4a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/145f6b285fe74294ab13a8edbb885e8b.psmdcp" Id="Rcfdfcfbd49c34264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra03875c7a73c47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e737c5ea4df488c91f1dd1c660300fe.psmdcp" Id="Rc4f9fa03df5d487e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>