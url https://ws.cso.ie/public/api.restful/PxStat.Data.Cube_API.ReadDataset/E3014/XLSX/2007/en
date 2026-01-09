--- v0 (2025-11-13)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65afd5b6a6de4436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3bc73152944a414992c4cf6c559b69f6.psmdcp" Id="Rfce6b701f4ea4867" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d10d693a9964ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af0149d9ac5c4a5d905220ea0d96fb64.psmdcp" Id="R64f6903af6854284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E3014</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Age Group of Persons in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/30/2020 11:00:00 AM</x:t>
+    <x:t>30/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E3014/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P3</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 3 - An Age Profile of Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -526,387 +526,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1009" totalsRowShown="0">
   <x:autoFilter ref="A1:J1009"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02800V03468"/>
     <x:tableColumn id="4" name="Aggregate Town Size"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1177,51 +960,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E3014/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1408,51 +1191,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1009"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="60.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -33730,51 +33513,51 @@
       <x:c r="G1009" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H1009" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I1009" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J1009" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -33791,51 +33574,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1009" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02800V03468">
       <x:sharedItems count="14">
         <x:s v="-"/>
         <x:s v="100100"/>
         <x:s v="100300"/>
         <x:s v="100400"/>
         <x:s v="100500"/>
         <x:s v="100600"/>
         <x:s v="100700"/>
@@ -34853,27 +34636,12124 @@
         <x:n v="75979"/>
         <x:n v="103333"/>
         <x:n v="97956"/>
         <x:n v="79157"/>
         <x:n v="49252"/>
         <x:n v="39518"/>
         <x:n v="697754"/>
         <x:n v="43770"/>
         <x:n v="85042"/>
         <x:n v="61948"/>
         <x:n v="44391"/>
         <x:n v="64754"/>
         <x:n v="100310"/>
         <x:n v="103546"/>
         <x:n v="87832"/>
         <x:n v="62777"/>
         <x:n v="43384"/>
         <x:n v="39"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="353425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="502660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="344914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="366170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="747004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="682362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="570257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="452449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="291932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="199236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="4676648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="329854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="549743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="372116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="342750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="650072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="734374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="614928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="495527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="355980"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="231304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1077981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="77136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="103522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="72684"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="98750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="220741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="159906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="128524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="101122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="66962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="48634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1137808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="76523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="115123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="78007"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="93467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="208140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="184421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="137250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="110477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="77516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="56884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="194479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="12550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="18370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="14365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="20579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="36530"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="26701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="24734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="18909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="13087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="203726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="12566"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="19672"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="14379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="20167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="34632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="30266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="25524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="21012"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="15125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="10383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="87984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="8509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="16902"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="91919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="9591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="9440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="14822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="14089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="10739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="72182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="9629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="17334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7418"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="5896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="75660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="7179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="9273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="14821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="12304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="50306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="9239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="7273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="6058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="52069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="5903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="7596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="8256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="6654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="5230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="716381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="63028"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="83457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="53259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="59178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="132615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="113218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="86247"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="62875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="38926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="23578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="763396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="60588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="96276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="60922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="54548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="112843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="128896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="97837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="72704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="49455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="29327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="293382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="27485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="35022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="21798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="21507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="53519"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="48033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="34089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="25572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="16144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="10213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="290095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="24224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="38546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="23482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="18646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="40806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="51831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="36974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="26078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="18421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="11087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="219998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="21128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="25140"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="15754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="15647"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="41878"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="34998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="24575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="19166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="13042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="8670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="226829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="19258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="29734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="17884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="13852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="33151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="39551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="27822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="20207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="15412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="9958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="64463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="7648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="10828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="10239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="71793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="5895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="9302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="9869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="11823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="8979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="91367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="8257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="10860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="15552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="14312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="10420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="8881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="94100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="7424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="12025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="7629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="5644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="15233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="11904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="7625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="121609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="10648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="14794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="9295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="19107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="18603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="14639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="12032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="8269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="5682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="130054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="17156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="10921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="7818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="16578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="20838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="16734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="13156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="10068"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="6591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="115250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="9658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="13819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="8955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="8236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="17056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="17372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="14081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="12269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="5622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="116177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="8481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="14477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="9714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="14066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="17521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="15451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="12907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="10055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1405027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="102544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="169839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="122709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="99035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="155703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="209526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="201793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="166691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="104160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="73027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="1423022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="89821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="174759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="127653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="94066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="130520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="199345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="211077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="181658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="131743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="82380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2243086"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="180621"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="257415"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="176854"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="182631"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="365090"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="342070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="283683"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="226816"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="143790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="84116"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2319102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="168941"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="281299"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="190282"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="173741"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="313903"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="362102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="305370"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="246061"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="175951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="101452"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="525325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="39272"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="53050"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="37387"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="48138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="107628"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="79542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="61712"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="48440"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="30932"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="19224"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="555856"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="39220"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="58740"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="39912"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="46594"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="101045"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="91379"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="66479"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="52679"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="36399"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="23409"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="95456"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="6385"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="9548"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="7399"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="10049"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="17735"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="13466"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="11936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="100038"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="6404"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="10027"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="7424"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="9824"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="17011"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="15057"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="12542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="10184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="7254"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="43327"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4258"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4786"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8374"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5040"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="45454"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4669"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="7336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="7105"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5292"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="35002"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4644"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8484"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="4887"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="36611"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="7203"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="6064"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="24730"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="25679"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="351831"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="32320"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="42515"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="27237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="28962"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="63453"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="56411"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="42197"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="30676"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="18558"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="9502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="373957"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="30850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="49266"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="30971"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="27355"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="53217"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="62993"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="47959"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="35281"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="23642"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="12423"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="144675"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="13954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="17954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="11091"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="25647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="24047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="17078"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="12535"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="7828"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="142775"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="12417"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="19693"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="11894"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="9470"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="18928"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="25390"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="18501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="12886"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="8851"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="108049"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="10821"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="12845"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="7938"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="7559"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="19895"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="17591"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="12267"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9476"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6187"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="111022"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="9855"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="15254"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="9063"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6876"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="15297"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="19463"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="13737"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="4126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="31664"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3838"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5213"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="35259"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5808"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="45029"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4215"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="3051"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="7359"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="7199"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4456"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="46165"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3889"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="5728"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="7361"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="60073"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="5414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="7698"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4215"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="9119"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="9140"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7292"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="5978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="63859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="5240"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="8783"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="5624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="7677"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="8186"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4943"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="56967"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="7040"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4098"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8071"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="8545"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7014"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="57159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="7419"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4889"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="6550"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="8363"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7655"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6454"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5054"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="720958"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="52570"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="87161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="63193"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="52329"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="79724"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="106193"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="103837"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="87534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="54908"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="33509"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="725268"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="46051"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="89717"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="65705"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="49675"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="65766"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="99035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="107531"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="93826"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="68966"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="38996"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2267323"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="172804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="245245"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="168060"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="183539"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="381914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="340292"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="286574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="225633"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="148142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="115120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="2357546"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="160913"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="268444"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="181834"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="169009"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="336169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="372272"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="309558"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="249466"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="180029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="129852"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="552656"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="37864"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="50472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="35297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="50612"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="113113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="80364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="66812"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="52682"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="36030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="29410"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="581952"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="37303"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="56383"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="38095"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="46873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="107095"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="93042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="70771"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="57798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="41117"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="33475"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="99023"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="6165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="8822"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="10530"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="18795"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="13235"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="12798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9590"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="5198"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="103688"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="6162"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="9645"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="6955"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="10343"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="17621"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="15209"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="12982"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="10828"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="7871"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="6072"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="44657"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4982"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5249"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="46465"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="7486"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="6984"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3516"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="37180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8850"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5151"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3931"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="39049"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4809"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="7618"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3579"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="25576"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="26390"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="4134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="364550"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="30708"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="40942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="26022"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="30216"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="69162"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="56807"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="44050"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="32199"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="20368"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="14076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="389439"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="29738"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="47010"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="29951"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="27193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="59626"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="65903"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="49878"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="37423"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="25813"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="16904"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="148707"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="13531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="17068"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="10707"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="11070"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="27872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="23986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="17011"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="13037"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="8316"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="147320"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="11807"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="18853"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="11588"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="9176"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="21878"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="26441"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="18473"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="13192"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="9570"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="6342"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="111949"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="10307"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="12295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="7816"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="8088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="21983"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="17407"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="12308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="9690"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="6855"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="5200"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="115807"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="9403"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="14480"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="8821"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="6976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="17854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="20088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="14085"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="10245"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="5832"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="32799"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="5716"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="36534"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="5331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="6015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="46338"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="7113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="47935"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="5856"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="6500"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="7872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="6078"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="4868"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="61536"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="7096"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4446"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="9988"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="9463"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7347"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6054"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="66195"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="8373"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8901"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="10876"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="8548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6592"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5125"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="58283"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="6779"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="8985"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="8827"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7067"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="4095"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="59018"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="4065"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="7058"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="7516"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="9158"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="7796"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="6453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="684069"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="49974"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="82678"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="59516"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="46706"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="75979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="103333"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="97956"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="79157"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="49252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="39518"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C01"/>
+    <s v="Persons of all ages"/>
+    <s v="Number"/>
+    <n v="697754"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C02"/>
+    <s v="Pre-school children (0-4 years)"/>
+    <s v="Number"/>
+    <n v="43770"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C03"/>
+    <s v="Primary school children (5-12 years)"/>
+    <s v="Number"/>
+    <n v="85042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C04"/>
+    <s v="Teenagers (13-18 years)"/>
+    <s v="Number"/>
+    <n v="61948"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C05"/>
+    <s v="Young adults (19-24 years)"/>
+    <s v="Number"/>
+    <n v="44391"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C06"/>
+    <s v="Persons aged 25-34 years"/>
+    <s v="Number"/>
+    <n v="64754"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C07"/>
+    <s v="Persons aged 35-44 years"/>
+    <s v="Number"/>
+    <n v="100310"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C08"/>
+    <s v="Persons aged 45-54 years"/>
+    <s v="Number"/>
+    <n v="103546"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C09"/>
+    <s v="Persons aged 55-64 years"/>
+    <s v="Number"/>
+    <n v="87832"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C10"/>
+    <s v="Persons aged 65-74 years"/>
+    <s v="Number"/>
+    <n v="62777"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C11"/>
+    <s v="Persons aged 75 years and over"/>
+    <s v="Number"/>
+    <n v="43384"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E3014C12"/>
+    <s v="Average age"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+</pivotCacheRecords>
 </file>