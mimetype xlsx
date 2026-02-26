--- v1 (2026-01-09)
+++ v2 (2026-02-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d10d693a9964ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af0149d9ac5c4a5d905220ea0d96fb64.psmdcp" Id="R64f6903af6854284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb809f6bd57e34a80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a68dcfd516854a10bb2afced7fab8c4a.psmdcp" Id="R6a7b4a2bf1ce43af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>