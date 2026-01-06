--- v0 (2025-11-07)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cb5e4a9e0354244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d655dcb81f549a6bf17ea6305ab6d8b.psmdcp" Id="Re4e769dc0b8c4c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb0647e2f964302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bee86d9de57a4b3fbd4ca3cad1703839.psmdcp" Id="Rcb7abe7a1fea4a4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E2037</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2037/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P2</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 2 - Population Distribution and Movements</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -577,451 +577,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Birth" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1135" totalsRowShown="0">
   <x:autoFilter ref="A1:J1135"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="County of Birth"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1292,51 +1027,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2037/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1523,51 +1258,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1135"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="70.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -37877,51 +37612,51 @@
       <x:c r="G1135" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H1135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I1135" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J1135" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37938,51 +37673,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1135" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="27">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
@@ -39102,27 +38837,13636 @@
         <x:n v="3507"/>
         <x:n v="5872"/>
         <x:n v="78919"/>
         <x:n v="22.2"/>
         <x:n v="23677"/>
         <x:n v="17366"/>
         <x:n v="1995"/>
         <x:n v="4316"/>
         <x:n v="26.7"/>
         <x:n v="29964"/>
         <x:n v="26.6"/>
         <x:n v="22352"/>
         <x:n v="16352"/>
         <x:n v="1840"/>
         <x:n v="4160"/>
         <x:n v="26.8"/>
         <x:n v="30409"/>
         <x:n v="36"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3758511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="2825408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="165126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="767977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="4525281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3879515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="2891726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="163398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="824391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="4689921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="41007"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="27641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="54325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="39665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="26901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="56555"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1109772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="830702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="279070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="1244745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1186453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="880457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="305996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="1318033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="102554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="80993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="15436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="208783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="100788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="80304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="14770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="220693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="82643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="56891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="94897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="86580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="58271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="22985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="97916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="64477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="44474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3980"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="80535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="68552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="46680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="17974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="84390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="19766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="39171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="40869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="118809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="81204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="122431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="129847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="84564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="11170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="34113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="127711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="87782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="68351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="183975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="85517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="67798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="194302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="127.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="42342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="76431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="56671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="40924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12086"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="77750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="73334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="46073"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="21911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="85474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="78154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="47170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="25714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="88053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="117235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="94823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="15378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="144771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="120598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="97490"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="148531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="72781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="55991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="135460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="86.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="69536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="53855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="141080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="77834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="60512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="115791"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="75039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="58728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="116909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="446453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="384226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="18821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="43406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="512799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="463081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="398087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="19501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="45493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="535055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="123924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="96322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="141977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="122745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="95840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="143050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="196368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="133264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="53117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="187994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-4.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="207047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="136435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="10442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="60170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="192304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-7.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="143000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="102968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="30551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="158767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="138963"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="100077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="8881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="30005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="159296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="103534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="74267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5088"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="112740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="106408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="75207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="25996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="114681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="213183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="157270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="13187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="42726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="243633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="224985"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="162649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="14033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="48303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="250962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="25532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="15702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="31766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="23141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="14289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="31898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="120803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="87646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="23538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="128949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="119951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="87031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="23574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="128245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="47540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="30670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="63777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="44522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="64226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="44.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="62118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="40781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="64135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="64285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="40826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="18226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="64157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="63077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="43901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="72759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="66175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="44858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="15929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="75395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="128606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="111663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="158792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="127959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="111098"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="156675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="47911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="36965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7469"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="60404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="45058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="34506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="61185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1862656"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1431567"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="72122"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="358967"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="2243425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1922728"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1462597"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="72612"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="387519"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="2320460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20375"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="14467"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="27336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="19601"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="13991"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="28232"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="548262"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="410452"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="137810"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="606599"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="586973"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="436258"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="150715"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="643883"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="51338"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="41282"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7248"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="103929"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="50460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="40806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6956"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="109661"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="117.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="41172"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="29628"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="47600"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="43199"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="30302"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10585"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="48969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="32622"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="23605"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7328"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="40631"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="34726"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="24668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8370"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="42558"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="14658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="10586"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="19773"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13872"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="10022"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="20616"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="59070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="40818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4801"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="60636"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="64516"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="42422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5371"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16723"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="63156"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="43749"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="35350"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="91871"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="42739"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="35028"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5196"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="96431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="125.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29223"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21998"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="38220"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="28151"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21158"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5379"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="38660"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="36161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="23701"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10125"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="42502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="38571"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="24175"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12068"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="43763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="48080"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6915"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="71750"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="59638"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="49216"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7357"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="73274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="36261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28712"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2813"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="67084"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="34719"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="27611"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="69511"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="38300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="31104"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="57682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="36726"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="29926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="57901"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="220873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="192035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="8709"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20129"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="254453"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="229105"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="198796"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9127"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="21182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="265089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="61264"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="49334"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9061"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="71056"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="60498"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="48824"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8814"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="70961"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="96932"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="67651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24775"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="94063"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="102236"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="69247"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="28183"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="96082"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="70719"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="53057"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4078"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="79506"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="68842"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="51605"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13351"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="79581"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="51326"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="37490"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11485"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="55983"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="52828"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="37997"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12396"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="56974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="105653"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="80771"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5482"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="19400"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="121382"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="111678"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="83368"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6010"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="22300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="124674"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12794"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="8666"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="16099"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="7878"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="15944"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="59308"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="45320"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9947"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="64562"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58907"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="44915"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10075"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="64080"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="23466"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="16621"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="32125"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="21897"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="15570"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4674"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="32246"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="31041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21241"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7616"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="31892"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="32057"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8585"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="31731"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="31643"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="23298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5961"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="36803"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="33104"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="23600"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="37951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="64152"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="56701"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="79448"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="63395"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="55913"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="77756"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24234"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="19599"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="30440"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="22706"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="30776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1895855"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1393841"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="93004"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="409010"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="2281856"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1956787"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1429129"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="90786"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="436872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="2369461"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="13174"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="26989"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20064"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="12910"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="28323"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="561510"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="420250"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="141260"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="638146"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="599480"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="444199"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="155281"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="674150"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="51216"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="39711"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3317"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="104854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="50328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="39498"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3016"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="111032"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="120.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="41471"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="27263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3049"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11159"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="47297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="43381"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="27969"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12400"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="48947"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="31855"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20869"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8695"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="39904"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="33826"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="22012"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9604"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="41832"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="14663"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="9180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3897"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="19398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13923"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="8825"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="20253"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="59739"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="40386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5265"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="14088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="61795"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="65331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="42142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5799"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="17390"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="64555"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="44033"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="33001"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3803"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7229"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="92104"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="42778"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="32770"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6606"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="97871"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="128.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29690"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7095"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="38211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="28520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="19766"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6707"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="39090"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="37173"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="22372"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11786"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="42972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="39583"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="22995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13646"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="44290"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="59175"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="46743"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3969"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8463"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="73021"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="60960"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="48274"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="75257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="36520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="27279"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="68376"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="34817"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="26244"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="71569"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="39534"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="29408"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="58109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="38313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28802"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7104"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="59008"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="225580"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="192191"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="10112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="23277"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="258346"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="233976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="199291"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="10374"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24311"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="269966"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="62660"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="46988"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11704"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="70921"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="62247"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="47016"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="72089"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="99436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="65613"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="28342"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="93931"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-5.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="104811"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="67188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="31987"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="96222"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="-8.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="72281"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="49911"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16967"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="79261"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="70121"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="48472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="79715"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="52208"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="36777"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12694"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="56757"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="53580"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="37210"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="57707"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="107530"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="76499"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7705"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="23326"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="122251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="113307"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="79281"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="26003"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="126288"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12738"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="7036"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="15667"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11557"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="6411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3855"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="15954"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="61495"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="42326"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5578"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13591"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="64387"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="61044"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="42116"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5429"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13499"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="64165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24074"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="14049"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7368"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="31652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="22625"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="13264"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6906"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="31980"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="31077"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="19540"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="32243"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="32228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="19679"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9641"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="32426"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="31434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20603"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="35956"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="33071"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3048"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8765"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="37444"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="64454"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="54962"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="79344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="64564"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="55185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="78919"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="23677"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="17366"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="29964"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C01"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="22352"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C02"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="16352"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C03"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C04"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C05"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C06"/>
+    <s v="Total usually resident in county"/>
+    <s v="Number"/>
+    <n v="30409"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2037C07"/>
+    <s v="Percentage gain/loss - (between born in county and usual residents in county)"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+</pivotCacheRecords>
 </file>