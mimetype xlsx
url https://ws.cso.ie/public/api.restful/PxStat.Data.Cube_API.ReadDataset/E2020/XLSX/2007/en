--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99eb930e07b4395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/017b5c488d5d47d295cbb63da43cdc59.psmdcp" Id="R0610ed51eb70442e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c840e95e8cb4bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cd61dd7dd0c4f32a6df20983e4de677.psmdcp" Id="R8c335484d05b4507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>