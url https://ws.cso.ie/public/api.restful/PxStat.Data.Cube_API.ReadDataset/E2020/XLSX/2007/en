--- v1 (2025-11-17)
+++ v2 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c840e95e8cb4bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cd61dd7dd0c4f32a6df20983e4de677.psmdcp" Id="R8c335484d05b4507" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe1991173254322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0690bf51dad743d7814dd39dc6a49a35.psmdcp" Id="Rfdf9fc9bfd094d0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E2020</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population of Gaeltacht Electoral Divisions 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2020/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P2</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 2 - Population Distribution and Movements</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1312,1443 +1312,434 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="157">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="157">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J943" totalsRowShown="0">
   <x:autoFilter ref="A1:J943"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02793V03362"/>
     <x:tableColumn id="6" name="Gaeltacht"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -3019,51 +2010,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2020/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3250,51 +2241,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J943"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="50.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -33460,51 +32451,51 @@
       <x:c r="G943" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H943" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I943" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J943" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -33521,51 +32512,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J943" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E2020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -34445,27 +33436,11332 @@
         <x:n v="800"/>
         <x:n v="1411"/>
         <x:n v="666"/>
         <x:n v="1205"/>
         <x:n v="1126"/>
         <x:n v="253"/>
         <x:n v="231"/>
         <x:n v="944"/>
         <x:n v="927"/>
         <x:n v="371"/>
         <x:n v="59"/>
         <x:n v="340"/>
         <x:n v="166"/>
         <x:n v="315"/>
         <x:n v="370"/>
         <x:n v="827"/>
         <x:n v="242"/>
         <x:n v="478"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100716"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99617"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11041"/>
+    <s v="041 Tailtin (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11041"/>
+    <s v="041 Tailtin (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11053"/>
+    <s v="053 Domhnach Phádraig (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11053"/>
+    <s v="053 Domhnach Phádraig (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11070"/>
+    <s v="070 Baile Átha Buí (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11070"/>
+    <s v="070 Baile Átha Buí (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11082"/>
+    <s v="082 Cill Bhríde (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11082"/>
+    <s v="082 Cill Bhríde (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11090"/>
+    <s v="090 An Ráth Mhór (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11090"/>
+    <s v="090 An Ráth Mhór (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18108"/>
+    <s v="108 Béal Átha an Ghaorthaidh (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18108"/>
+    <s v="108 Béal Átha an Ghaorthaidh (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18199"/>
+    <s v="199 Béal Átha an Ghaorthaidh (Bealanageary), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18199"/>
+    <s v="199 Béal Átha an Ghaorthaidh (Bealanageary), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18200"/>
+    <s v="200 Ceann Droma, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18200"/>
+    <s v="200 Ceann Droma, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18202"/>
+    <s v="202 Claonráth (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18202"/>
+    <s v="202 Claonráth (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18205"/>
+    <s v="205 Doire Fhínín, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18205"/>
+    <s v="205 Doire Fhínín, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18206"/>
+    <s v="206 Gort na Tiobratan, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18206"/>
+    <s v="206 Gort na Tiobratan, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18212"/>
+    <s v="212 Cill na Martra (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18212"/>
+    <s v="212 Cill na Martra (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18218"/>
+    <s v="218 An Sliabh Riabhach, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18218"/>
+    <s v="218 An Sliabh Riabhach, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18219"/>
+    <s v="219 Na hUláin, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18219"/>
+    <s v="219 Na hUláin, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18290"/>
+    <s v="290 Cléire (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18290"/>
+    <s v="290 Cléire (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19004"/>
+    <s v="004 Na Beathacha (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19004"/>
+    <s v="004 Na Beathacha (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19005"/>
+    <s v="005 Baile an Sceilg, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19005"/>
+    <s v="005 Baile an Sceilg, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19006"/>
+    <s v="006 An Baile Breac (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19006"/>
+    <s v="006 An Baile Breac (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19008"/>
+    <s v="008 Cathair Dónall (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19008"/>
+    <s v="008 Cathair Dónall (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19009"/>
+    <s v="009 Ceannúig (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19009"/>
+    <s v="009 Ceannúig (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19011"/>
+    <s v="014 Doire Ianna, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19011"/>
+    <s v="014 Doire Ianna, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19013"/>
+    <s v="013 Doire Fhíonáin (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19013"/>
+    <s v="013 Doire Fhíonáin (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19015"/>
+    <s v="015 An tImleach (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19015"/>
+    <s v="015 An tImleach (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19019"/>
+    <s v="019 Loch Luíoch (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19019"/>
+    <s v="019 Loch Luíoch (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19020"/>
+    <s v="020 Máistir Gaoithe, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19020"/>
+    <s v="020 Máistir Gaoithe, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19023"/>
+    <s v="023 Toghroinn Fhíonáin, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19023"/>
+    <s v="023 Toghroinn Fhíonáin, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19024"/>
+    <s v="024 An Trian Iarthach (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19024"/>
+    <s v="024 An Trian Iarthach (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19027"/>
+    <s v="027 An Baile Dubh, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19027"/>
+    <s v="027 An Baile Dubh, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19029"/>
+    <s v="029 Cé Bhréanainn, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19029"/>
+    <s v="029 Cé Bhréanainn, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19031"/>
+    <s v="031 An Clochán, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19031"/>
+    <s v="031 An Clochán, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19033"/>
+    <s v="033 An Daingean, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19033"/>
+    <s v="033 An Daingean, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19034"/>
+    <s v="034 Dún Chaoin, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19034"/>
+    <s v="034 Dún Chaoin, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19035"/>
+    <s v="035 Dún Urlann, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19035"/>
+    <s v="035 Dún Urlann, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19036"/>
+    <s v="036 Na Gleannta, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19036"/>
+    <s v="036 Na Gleannta, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19038"/>
+    <s v="038 Cill Maoilchéadair, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19038"/>
+    <s v="038 Cill Maoilchéadair, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19039"/>
+    <s v="039 Cill Chuáin, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19039"/>
+    <s v="039 Cill Chuáin, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19040"/>
+    <s v="040 Cinn Aird, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19040"/>
+    <s v="040 Cinn Aird, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19042"/>
+    <s v="042 Márthain, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19042"/>
+    <s v="042 Márthain, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19043"/>
+    <s v="043 An Mhin Aird, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19043"/>
+    <s v="043 An Mhin Aird, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19044"/>
+    <s v="044 An Sráidbhaile (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19044"/>
+    <s v="044 An Sráidbhaile (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19045"/>
+    <s v="045 Ceann Trá, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19045"/>
+    <s v="045 Ceann Trá, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25019"/>
+    <s v="019 Aird Mhór (part), Co. Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25019"/>
+    <s v="019 Aird Mhór (part), Co. Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25020"/>
+    <s v="020 Baile Mhac Airt, Co. Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25020"/>
+    <s v="020 Baile Mhac Airt, Co. Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25034"/>
+    <s v="034 An Rinn (part), Co. Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25034"/>
+    <s v="034 An Rinn (part), Co. Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26002"/>
+    <s v="002 Baile an Bhriotaigh (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26002"/>
+    <s v="002 Baile an Bhriotaigh (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26003"/>
+    <s v="003 Bearna (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7483"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26003"/>
+    <s v="003 Bearna (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7924"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26004"/>
+    <s v="004 An Caisleán Gearr (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26004"/>
+    <s v="004 An Caisleán Gearr (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26008"/>
+    <s v="008 An Cnocán Carrach (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26008"/>
+    <s v="008 An Cnocán Carrach (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26010"/>
+    <s v="010 Mionlach (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4990"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26010"/>
+    <s v="010 Mionlach (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5118"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26018"/>
+    <s v="018 Paróiste San Nicoláis (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26018"/>
+    <s v="018 Paróiste San Nicoláis (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27022"/>
+    <s v="022 Binn an Choire (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27022"/>
+    <s v="022 Binn an Choire (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27031"/>
+    <s v="031 An Uillinn, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27031"/>
+    <s v="031 An Uillinn, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27033"/>
+    <s v="033 An Cnoc Buí, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27033"/>
+    <s v="033 An Cnoc Buí, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27034"/>
+    <s v="034 Maíros (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27034"/>
+    <s v="034 Maíros (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27035"/>
+    <s v="035 Abhainn Ghabhla, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27035"/>
+    <s v="035 Abhainn Ghabhla, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27037"/>
+    <s v="037 Cloch na Rón (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27037"/>
+    <s v="037 Cloch na Rón (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27039"/>
+    <s v="039 Scainimh, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27039"/>
+    <s v="039 Scainimh, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27054"/>
+    <s v="054 Cill Chuimin, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27054"/>
+    <s v="054 Cill Chuimin, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27055"/>
+    <s v="055 Cill Aithnín, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27055"/>
+    <s v="055 Cill Aithnín, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27056"/>
+    <s v="056 Leacach Beag (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27056"/>
+    <s v="056 Leacach Beag (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27058"/>
+    <s v="058 Lisín an Bhealaigh (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27058"/>
+    <s v="058 Lisín an Bhealaigh (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27059"/>
+    <s v="059 Maigh Cuilinn, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27059"/>
+    <s v="059 Maigh Cuilinn, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27061"/>
+    <s v="061 Sailearna, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27061"/>
+    <s v="061 Sailearna, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27062"/>
+    <s v="062 Sliabh an Aonaigh, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27062"/>
+    <s v="062 Sliabh an Aonaigh, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27063"/>
+    <s v="063 An Spidéal, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27063"/>
+    <s v="063 An Spidéal, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27065"/>
+    <s v="065 Tulaigh Mhic Aodháin (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27065"/>
+    <s v="065 Tulaigh Mhic Aodháin (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27040"/>
+    <s v="040 Eanach Dhúin, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27040"/>
+    <s v="040 Eanach Dhúin, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27042"/>
+    <s v="042 Baile an Teampaill (Part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27042"/>
+    <s v="042 Baile an Teampaill (Part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27044"/>
+    <s v="044 Bearna (Part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27044"/>
+    <s v="044 Bearna (Part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27046"/>
+    <s v="046 An Carn Mór, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27046"/>
+    <s v="046 An Carn Mór, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27047"/>
+    <s v="047 Ceathrú an Bhrúnaigh (Part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27047"/>
+    <s v="047 Ceathrú an Bhrúnaigh (Part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27048"/>
+    <s v="048 Baile Chláir, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27048"/>
+    <s v="048 Baile Chláir, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27149"/>
+    <s v="149 Camas, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27149"/>
+    <s v="149 Camas, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27150"/>
+    <s v="150 An Fhairche, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27150"/>
+    <s v="150 An Fhairche, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27151"/>
+    <s v="151 Conga, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27151"/>
+    <s v="151 Conga, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27051"/>
+    <s v="051 Na Forbacha, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27051"/>
+    <s v="051 Na Forbacha, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27152"/>
+    <s v="152 An Crompán, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27152"/>
+    <s v="152 An Crompán, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27053"/>
+    <s v="053 Árainn, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27053"/>
+    <s v="053 Árainn, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27153"/>
+    <s v="153 An Chorr, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27153"/>
+    <s v="153 An Chorr, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27154"/>
+    <s v="154 Garmna, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27154"/>
+    <s v="154 Garmna, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27155"/>
+    <s v="155 Cill Chuimín, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27155"/>
+    <s v="155 Cill Chuimín, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27156"/>
+    <s v="156 Leitir Breacáin (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27156"/>
+    <s v="156 Leitir Breacáin (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27158"/>
+    <s v="158 Leitir Móir, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27158"/>
+    <s v="158 Leitir Móir, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27160"/>
+    <s v="160 An Ros, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27160"/>
+    <s v="160 An Ros, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27161"/>
+    <s v="161 An Turlach, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27161"/>
+    <s v="161 An Turlach, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29013"/>
+    <s v="013 Béal Deirg Mór, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29013"/>
+    <s v="013 Béal Deirg Mór, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29033"/>
+    <s v="033 Baile an Chalaidh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29033"/>
+    <s v="033 Baile an Chalaidh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29035"/>
+    <s v="035 Baile Óbha (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29035"/>
+    <s v="035 Baile Óbha (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29037"/>
+    <s v="037 An Cheapaigh Dhuibh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29037"/>
+    <s v="037 An Cheapaigh Dhuibh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29047"/>
+    <s v="047 Abhainn Bhrain, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29047"/>
+    <s v="047 Abhainn Bhrain, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29048"/>
+    <s v="048 Partraí (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29048"/>
+    <s v="048 Partraí (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29051"/>
+    <s v="051 An Geata Mór Thuaidh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29051"/>
+    <s v="051 An Geata Mór Thuaidh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29052"/>
+    <s v="052 An Geata Mór Theas, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29052"/>
+    <s v="052 An Geata Mór Theas, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29054"/>
+    <s v="054 Barr Rúscaí, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29054"/>
+    <s v="054 Barr Rúscaí, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29055"/>
+    <s v="055 Béal an Mhuirthead, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29055"/>
+    <s v="055 Béal an Mhuirthead, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29056"/>
+    <s v="056 Gleann na Muaidhe, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29056"/>
+    <s v="056 Gleann na Muaidhe, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29057"/>
+    <s v="057 Gleann Chaisil, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29057"/>
+    <s v="057 Gleann Chaisil, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29059"/>
+    <s v="059 Guala Mhór (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29059"/>
+    <s v="059 Guala Mhór (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29060"/>
+    <s v="060 Cnoc an Daimh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29060"/>
+    <s v="060 Cnoc an Daimh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29061"/>
+    <s v="061 Cnoc na Lobhar, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29061"/>
+    <s v="061 Cnoc na Lobhar, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29062"/>
+    <s v="062 Moing na Bó, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29062"/>
+    <s v="062 Moing na Bó, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29063"/>
+    <s v="063 Na Monga, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29063"/>
+    <s v="063 Na Monga, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29064"/>
+    <s v="064 Cnoc na Ráithe, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29064"/>
+    <s v="064 Cnoc na Ráithe, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29082"/>
+    <s v="082 Tamhnaigh na Graí (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29082"/>
+    <s v="082 Tamhnaigh na Graí (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29124"/>
+    <s v="124 Acaill, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29124"/>
+    <s v="124 Acaill, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29133"/>
+    <s v="133 An Corrán, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29133"/>
+    <s v="133 An Corrán, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29136"/>
+    <s v="136 Dumha Éige, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29136"/>
+    <s v="136 Dumha Éige, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33012"/>
+    <s v="012 An Bhinn Bhán (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33012"/>
+    <s v="012 An Bhinn Bhán (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33023"/>
+    <s v="023 Loch Iascaigh (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33023"/>
+    <s v="023 Loch Iascaigh (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33030"/>
+    <s v="030 Críoch na Sméar (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33030"/>
+    <s v="030 Críoch na Sméar (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33031"/>
+    <s v="031 An Craoslach (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33031"/>
+    <s v="031 An Craoslach (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33032"/>
+    <s v="032 Na Croisbhealaí (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33032"/>
+    <s v="032 Na Croisbhealaí (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33033"/>
+    <s v="033 Caisleán na dTuath (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33033"/>
+    <s v="033 Caisleán na dTuath (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33034"/>
+    <s v="034 Dún Fionnachaidh (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33034"/>
+    <s v="034 Dún Fionnachaidh (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33035"/>
+    <s v="035 Dún Lúiche, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33035"/>
+    <s v="035 Dún Lúiche, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33036"/>
+    <s v="036 Gort an Choirce, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33036"/>
+    <s v="036 Gort an Choirce, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33037"/>
+    <s v="037 Machaire Chlochair, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33037"/>
+    <s v="037 Machaire Chlochair, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33038"/>
+    <s v="038 Mín an Chladaigh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33038"/>
+    <s v="038 Mín an Chladaigh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33039"/>
+    <s v="039 Anagaire, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33039"/>
+    <s v="039 Anagaire, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33040"/>
+    <s v="040 Árainn Mhór, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33040"/>
+    <s v="040 Árainn Mhór, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33041"/>
+    <s v="041 Ard an Rátha (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33041"/>
+    <s v="041 Ard an Rátha (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33042"/>
+    <s v="042 Cró Bheithe, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33042"/>
+    <s v="042 Cró Bheithe, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33043"/>
+    <s v="043 Cró Chaorach, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33043"/>
+    <s v="043 Cró Chaorach, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33046"/>
+    <s v="046 An Dúchoraidh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33046"/>
+    <s v="046 An Dúchoraidh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33047"/>
+    <s v="047 An Clochán Liath, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33047"/>
+    <s v="047 An Clochán Liath, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33048"/>
+    <s v="048 Baile na Finne, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33048"/>
+    <s v="048 Baile na Finne, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33049"/>
+    <s v="049 Gleann Cholm Cille, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33049"/>
+    <s v="049 Gleann Cholm Cille, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33050"/>
+    <s v="050 Gleann Gheis (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33050"/>
+    <s v="050 Gleann Gheis (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33051"/>
+    <s v="051 Gleann Léithín, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33051"/>
+    <s v="051 Gleann Léithín, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33052"/>
+    <s v="052 Na Gleannta (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33052"/>
+    <s v="052 Na Gleannta (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33053"/>
+    <s v="053 An Ghrafaidh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33053"/>
+    <s v="053 An Ghrafaidh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33054"/>
+    <s v="054 Inis Caoil, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33054"/>
+    <s v="054 Inis Caoil, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33055"/>
+    <s v="055 Cill Charthaigh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33055"/>
+    <s v="055 Cill Charthaigh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33056"/>
+    <s v="056 Cill Ghabhlaigh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33056"/>
+    <s v="056 Cill Ghabhlaigh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33058"/>
+    <s v="058 An Leargaidh Mhór (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33058"/>
+    <s v="058 An Leargaidh Mhór (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33059"/>
+    <s v="059 Leitir Mhic an Bhaird, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33059"/>
+    <s v="059 Leitir Mhic an Bhaird, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33061"/>
+    <s v="061 An Machaire, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33061"/>
+    <s v="061 An Machaire, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33062"/>
+    <s v="062 Málainn Bhig, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33062"/>
+    <s v="062 Málainn Bhig, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33063"/>
+    <s v="063 Maol Mosóg (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33063"/>
+    <s v="063 Maol Mosóg (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33064"/>
+    <s v="064 Inis Mhic an Doirn, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33064"/>
+    <s v="064 Inis Mhic an Doirn, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33098"/>
+    <s v="098 Mín an Lábáin (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33098"/>
+    <s v="098 Mín an Lábáin (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33101"/>
+    <s v="101 Gartán (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33101"/>
+    <s v="101 Gartán (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33108"/>
+    <s v="108 Suí Corr (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33108"/>
+    <s v="108 Suí Corr (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33111"/>
+    <s v="111 Carraig Airt (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33111"/>
+    <s v="111 Carraig Airt (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33112"/>
+    <s v="112 An Cheathrú Chaol (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33112"/>
+    <s v="112 An Cheathrú Chaol (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33113"/>
+    <s v="113 Creamhghort (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33113"/>
+    <s v="113 Creamhghort (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33114"/>
+    <s v="114 Fánaid Thuaidh (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33114"/>
+    <s v="114 Fánaid Thuaidh (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33115"/>
+    <s v="115 Fánaid Thiar (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33115"/>
+    <s v="115 Fánaid Thiar (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33118"/>
+    <s v="118 Grianfort (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33118"/>
+    <s v="118 Grianfort (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33121"/>
+    <s v="121 Cnoc Colbha (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33121"/>
+    <s v="121 Cnoc Colbha (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33122"/>
+    <s v="122 Loch Caol (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33122"/>
+    <s v="122 Loch Caol (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33126"/>
+    <s v="126 Ros Goill, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33126"/>
+    <s v="126 Ros Goill, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33128"/>
+    <s v="128 An Tearmann (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33128"/>
+    <s v="128 An Tearmann (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33129"/>
+    <s v="129 Allt na Péiste (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33129"/>
+    <s v="129 Allt na Péiste (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33131"/>
+    <s v="131 An Clochán (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33131"/>
+    <s v="131 An Clochán (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33144"/>
+    <s v="144 Mín Charraigeach (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="33144"/>
+    <s v="144 Mín Charraigeach (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50447"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49483"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11041"/>
+    <s v="041 Tailtin (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11041"/>
+    <s v="041 Tailtin (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11053"/>
+    <s v="053 Domhnach Phádraig (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11053"/>
+    <s v="053 Domhnach Phádraig (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11070"/>
+    <s v="070 Baile Átha Buí (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11070"/>
+    <s v="070 Baile Átha Buí (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11082"/>
+    <s v="082 Cill Bhríde (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11082"/>
+    <s v="082 Cill Bhríde (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11090"/>
+    <s v="090 An Ráth Mhór (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11090"/>
+    <s v="090 An Ráth Mhór (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18108"/>
+    <s v="108 Béal Átha an Ghaorthaidh (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18108"/>
+    <s v="108 Béal Átha an Ghaorthaidh (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18199"/>
+    <s v="199 Béal Átha an Ghaorthaidh (Bealanageary), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18199"/>
+    <s v="199 Béal Átha an Ghaorthaidh (Bealanageary), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18200"/>
+    <s v="200 Ceann Droma, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18200"/>
+    <s v="200 Ceann Droma, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18202"/>
+    <s v="202 Claonráth (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18202"/>
+    <s v="202 Claonráth (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18205"/>
+    <s v="205 Doire Fhínín, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18205"/>
+    <s v="205 Doire Fhínín, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18206"/>
+    <s v="206 Gort na Tiobratan, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18206"/>
+    <s v="206 Gort na Tiobratan, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18212"/>
+    <s v="212 Cill na Martra (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18212"/>
+    <s v="212 Cill na Martra (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18218"/>
+    <s v="218 An Sliabh Riabhach, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18218"/>
+    <s v="218 An Sliabh Riabhach, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18219"/>
+    <s v="219 Na hUláin, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18219"/>
+    <s v="219 Na hUláin, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18290"/>
+    <s v="290 Cléire (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18290"/>
+    <s v="290 Cléire (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19004"/>
+    <s v="004 Na Beathacha (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19004"/>
+    <s v="004 Na Beathacha (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19005"/>
+    <s v="005 Baile an Sceilg, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19005"/>
+    <s v="005 Baile an Sceilg, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19006"/>
+    <s v="006 An Baile Breac (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19006"/>
+    <s v="006 An Baile Breac (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19008"/>
+    <s v="008 Cathair Dónall (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19008"/>
+    <s v="008 Cathair Dónall (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19009"/>
+    <s v="009 Ceannúig (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19009"/>
+    <s v="009 Ceannúig (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19011"/>
+    <s v="014 Doire Ianna, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19011"/>
+    <s v="014 Doire Ianna, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19013"/>
+    <s v="013 Doire Fhíonáin (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19013"/>
+    <s v="013 Doire Fhíonáin (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19015"/>
+    <s v="015 An tImleach (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19015"/>
+    <s v="015 An tImleach (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19019"/>
+    <s v="019 Loch Luíoch (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19019"/>
+    <s v="019 Loch Luíoch (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19020"/>
+    <s v="020 Máistir Gaoithe, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19020"/>
+    <s v="020 Máistir Gaoithe, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19023"/>
+    <s v="023 Toghroinn Fhíonáin, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19023"/>
+    <s v="023 Toghroinn Fhíonáin, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19024"/>
+    <s v="024 An Trian Iarthach (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19024"/>
+    <s v="024 An Trian Iarthach (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19027"/>
+    <s v="027 An Baile Dubh, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19027"/>
+    <s v="027 An Baile Dubh, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19029"/>
+    <s v="029 Cé Bhréanainn, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19029"/>
+    <s v="029 Cé Bhréanainn, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19031"/>
+    <s v="031 An Clochán, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19031"/>
+    <s v="031 An Clochán, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19033"/>
+    <s v="033 An Daingean, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19033"/>
+    <s v="033 An Daingean, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19034"/>
+    <s v="034 Dún Chaoin, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19034"/>
+    <s v="034 Dún Chaoin, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19035"/>
+    <s v="035 Dún Urlann, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19035"/>
+    <s v="035 Dún Urlann, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19036"/>
+    <s v="036 Na Gleannta, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19036"/>
+    <s v="036 Na Gleannta, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19038"/>
+    <s v="038 Cill Maoilchéadair, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19038"/>
+    <s v="038 Cill Maoilchéadair, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19039"/>
+    <s v="039 Cill Chuáin, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19039"/>
+    <s v="039 Cill Chuáin, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19040"/>
+    <s v="040 Cinn Aird, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19040"/>
+    <s v="040 Cinn Aird, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19042"/>
+    <s v="042 Márthain, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19042"/>
+    <s v="042 Márthain, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19043"/>
+    <s v="043 An Mhin Aird, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19043"/>
+    <s v="043 An Mhin Aird, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19044"/>
+    <s v="044 An Sráidbhaile (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19044"/>
+    <s v="044 An Sráidbhaile (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19045"/>
+    <s v="045 Ceann Trá, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19045"/>
+    <s v="045 Ceann Trá, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25019"/>
+    <s v="019 Aird Mhór (part), Co. Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25019"/>
+    <s v="019 Aird Mhór (part), Co. Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25020"/>
+    <s v="020 Baile Mhac Airt, Co. Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25020"/>
+    <s v="020 Baile Mhac Airt, Co. Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25034"/>
+    <s v="034 An Rinn (part), Co. Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25034"/>
+    <s v="034 An Rinn (part), Co. Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26002"/>
+    <s v="002 Baile an Bhriotaigh (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26002"/>
+    <s v="002 Baile an Bhriotaigh (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26003"/>
+    <s v="003 Bearna (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26003"/>
+    <s v="003 Bearna (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26004"/>
+    <s v="004 An Caisleán Gearr (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26004"/>
+    <s v="004 An Caisleán Gearr (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26008"/>
+    <s v="008 An Cnocán Carrach (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26008"/>
+    <s v="008 An Cnocán Carrach (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26010"/>
+    <s v="010 Mionlach (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26010"/>
+    <s v="010 Mionlach (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26018"/>
+    <s v="018 Paróiste San Nicoláis (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26018"/>
+    <s v="018 Paróiste San Nicoláis (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27022"/>
+    <s v="022 Binn an Choire (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27022"/>
+    <s v="022 Binn an Choire (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27031"/>
+    <s v="031 An Uillinn, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27031"/>
+    <s v="031 An Uillinn, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27033"/>
+    <s v="033 An Cnoc Buí, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27033"/>
+    <s v="033 An Cnoc Buí, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27034"/>
+    <s v="034 Maíros (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27034"/>
+    <s v="034 Maíros (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27035"/>
+    <s v="035 Abhainn Ghabhla, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27035"/>
+    <s v="035 Abhainn Ghabhla, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27037"/>
+    <s v="037 Cloch na Rón (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27037"/>
+    <s v="037 Cloch na Rón (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27039"/>
+    <s v="039 Scainimh, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27039"/>
+    <s v="039 Scainimh, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27054"/>
+    <s v="054 Cill Chuimin, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27054"/>
+    <s v="054 Cill Chuimin, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27055"/>
+    <s v="055 Cill Aithnín, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27055"/>
+    <s v="055 Cill Aithnín, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27056"/>
+    <s v="056 Leacach Beag (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27056"/>
+    <s v="056 Leacach Beag (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27058"/>
+    <s v="058 Lisín an Bhealaigh (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27058"/>
+    <s v="058 Lisín an Bhealaigh (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27059"/>
+    <s v="059 Maigh Cuilinn, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27059"/>
+    <s v="059 Maigh Cuilinn, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27061"/>
+    <s v="061 Sailearna, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27061"/>
+    <s v="061 Sailearna, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27062"/>
+    <s v="062 Sliabh an Aonaigh, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27062"/>
+    <s v="062 Sliabh an Aonaigh, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27063"/>
+    <s v="063 An Spidéal, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27063"/>
+    <s v="063 An Spidéal, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27065"/>
+    <s v="065 Tulaigh Mhic Aodháin (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27065"/>
+    <s v="065 Tulaigh Mhic Aodháin (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27040"/>
+    <s v="040 Eanach Dhúin, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27040"/>
+    <s v="040 Eanach Dhúin, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27042"/>
+    <s v="042 Baile an Teampaill (Part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27042"/>
+    <s v="042 Baile an Teampaill (Part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27044"/>
+    <s v="044 Bearna (Part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27044"/>
+    <s v="044 Bearna (Part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27046"/>
+    <s v="046 An Carn Mór, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27046"/>
+    <s v="046 An Carn Mór, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27047"/>
+    <s v="047 Ceathrú an Bhrúnaigh (Part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27047"/>
+    <s v="047 Ceathrú an Bhrúnaigh (Part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27048"/>
+    <s v="048 Baile Chláir, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27048"/>
+    <s v="048 Baile Chláir, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27149"/>
+    <s v="149 Camas, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27149"/>
+    <s v="149 Camas, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27150"/>
+    <s v="150 An Fhairche, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27150"/>
+    <s v="150 An Fhairche, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27151"/>
+    <s v="151 Conga, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27151"/>
+    <s v="151 Conga, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27051"/>
+    <s v="051 Na Forbacha, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27051"/>
+    <s v="051 Na Forbacha, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27152"/>
+    <s v="152 An Crompán, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27152"/>
+    <s v="152 An Crompán, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27053"/>
+    <s v="053 Árainn, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27053"/>
+    <s v="053 Árainn, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27153"/>
+    <s v="153 An Chorr, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27153"/>
+    <s v="153 An Chorr, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27154"/>
+    <s v="154 Garmna, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27154"/>
+    <s v="154 Garmna, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27155"/>
+    <s v="155 Cill Chuimín, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27155"/>
+    <s v="155 Cill Chuimín, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27156"/>
+    <s v="156 Leitir Breacáin (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27156"/>
+    <s v="156 Leitir Breacáin (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27158"/>
+    <s v="158 Leitir Móir, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27158"/>
+    <s v="158 Leitir Móir, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27160"/>
+    <s v="160 An Ros, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27160"/>
+    <s v="160 An Ros, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27161"/>
+    <s v="161 An Turlach, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27161"/>
+    <s v="161 An Turlach, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29013"/>
+    <s v="013 Béal Deirg Mór, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29013"/>
+    <s v="013 Béal Deirg Mór, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29033"/>
+    <s v="033 Baile an Chalaidh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29033"/>
+    <s v="033 Baile an Chalaidh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29035"/>
+    <s v="035 Baile Óbha (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29035"/>
+    <s v="035 Baile Óbha (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29037"/>
+    <s v="037 An Cheapaigh Dhuibh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29037"/>
+    <s v="037 An Cheapaigh Dhuibh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29047"/>
+    <s v="047 Abhainn Bhrain, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29047"/>
+    <s v="047 Abhainn Bhrain, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29048"/>
+    <s v="048 Partraí (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29048"/>
+    <s v="048 Partraí (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29051"/>
+    <s v="051 An Geata Mór Thuaidh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29051"/>
+    <s v="051 An Geata Mór Thuaidh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29052"/>
+    <s v="052 An Geata Mór Theas, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29052"/>
+    <s v="052 An Geata Mór Theas, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29054"/>
+    <s v="054 Barr Rúscaí, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29054"/>
+    <s v="054 Barr Rúscaí, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29055"/>
+    <s v="055 Béal an Mhuirthead, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29055"/>
+    <s v="055 Béal an Mhuirthead, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29056"/>
+    <s v="056 Gleann na Muaidhe, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29056"/>
+    <s v="056 Gleann na Muaidhe, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29057"/>
+    <s v="057 Gleann Chaisil, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29057"/>
+    <s v="057 Gleann Chaisil, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29059"/>
+    <s v="059 Guala Mhór (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29059"/>
+    <s v="059 Guala Mhór (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29060"/>
+    <s v="060 Cnoc an Daimh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29060"/>
+    <s v="060 Cnoc an Daimh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29061"/>
+    <s v="061 Cnoc na Lobhar, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29061"/>
+    <s v="061 Cnoc na Lobhar, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29062"/>
+    <s v="062 Moing na Bó, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29062"/>
+    <s v="062 Moing na Bó, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29063"/>
+    <s v="063 Na Monga, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29063"/>
+    <s v="063 Na Monga, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29064"/>
+    <s v="064 Cnoc na Ráithe, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29064"/>
+    <s v="064 Cnoc na Ráithe, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29082"/>
+    <s v="082 Tamhnaigh na Graí (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29082"/>
+    <s v="082 Tamhnaigh na Graí (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29124"/>
+    <s v="124 Acaill, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29124"/>
+    <s v="124 Acaill, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29133"/>
+    <s v="133 An Corrán, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29133"/>
+    <s v="133 An Corrán, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29136"/>
+    <s v="136 Dumha Éige, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29136"/>
+    <s v="136 Dumha Éige, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33012"/>
+    <s v="012 An Bhinn Bhán (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33012"/>
+    <s v="012 An Bhinn Bhán (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33023"/>
+    <s v="023 Loch Iascaigh (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33023"/>
+    <s v="023 Loch Iascaigh (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33030"/>
+    <s v="030 Críoch na Sméar (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33030"/>
+    <s v="030 Críoch na Sméar (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33031"/>
+    <s v="031 An Craoslach (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33031"/>
+    <s v="031 An Craoslach (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33032"/>
+    <s v="032 Na Croisbhealaí (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33032"/>
+    <s v="032 Na Croisbhealaí (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33033"/>
+    <s v="033 Caisleán na dTuath (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33033"/>
+    <s v="033 Caisleán na dTuath (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33034"/>
+    <s v="034 Dún Fionnachaidh (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33034"/>
+    <s v="034 Dún Fionnachaidh (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33035"/>
+    <s v="035 Dún Lúiche, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33035"/>
+    <s v="035 Dún Lúiche, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33036"/>
+    <s v="036 Gort an Choirce, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33036"/>
+    <s v="036 Gort an Choirce, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33037"/>
+    <s v="037 Machaire Chlochair, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33037"/>
+    <s v="037 Machaire Chlochair, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33038"/>
+    <s v="038 Mín an Chladaigh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33038"/>
+    <s v="038 Mín an Chladaigh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33039"/>
+    <s v="039 Anagaire, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33039"/>
+    <s v="039 Anagaire, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33040"/>
+    <s v="040 Árainn Mhór, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33040"/>
+    <s v="040 Árainn Mhór, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33041"/>
+    <s v="041 Ard an Rátha (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33041"/>
+    <s v="041 Ard an Rátha (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33042"/>
+    <s v="042 Cró Bheithe, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33042"/>
+    <s v="042 Cró Bheithe, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33043"/>
+    <s v="043 Cró Chaorach, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33043"/>
+    <s v="043 Cró Chaorach, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33046"/>
+    <s v="046 An Dúchoraidh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33046"/>
+    <s v="046 An Dúchoraidh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33047"/>
+    <s v="047 An Clochán Liath, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33047"/>
+    <s v="047 An Clochán Liath, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33048"/>
+    <s v="048 Baile na Finne, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33048"/>
+    <s v="048 Baile na Finne, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33049"/>
+    <s v="049 Gleann Cholm Cille, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33049"/>
+    <s v="049 Gleann Cholm Cille, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33050"/>
+    <s v="050 Gleann Gheis (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33050"/>
+    <s v="050 Gleann Gheis (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33051"/>
+    <s v="051 Gleann Léithín, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33051"/>
+    <s v="051 Gleann Léithín, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33052"/>
+    <s v="052 Na Gleannta (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33052"/>
+    <s v="052 Na Gleannta (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33053"/>
+    <s v="053 An Ghrafaidh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33053"/>
+    <s v="053 An Ghrafaidh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33054"/>
+    <s v="054 Inis Caoil, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33054"/>
+    <s v="054 Inis Caoil, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33055"/>
+    <s v="055 Cill Charthaigh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33055"/>
+    <s v="055 Cill Charthaigh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33056"/>
+    <s v="056 Cill Ghabhlaigh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33056"/>
+    <s v="056 Cill Ghabhlaigh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33058"/>
+    <s v="058 An Leargaidh Mhór (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33058"/>
+    <s v="058 An Leargaidh Mhór (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33059"/>
+    <s v="059 Leitir Mhic an Bhaird, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33059"/>
+    <s v="059 Leitir Mhic an Bhaird, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33061"/>
+    <s v="061 An Machaire, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33061"/>
+    <s v="061 An Machaire, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33062"/>
+    <s v="062 Málainn Bhig, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33062"/>
+    <s v="062 Málainn Bhig, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33063"/>
+    <s v="063 Maol Mosóg (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33063"/>
+    <s v="063 Maol Mosóg (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33064"/>
+    <s v="064 Inis Mhic an Doirn, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33064"/>
+    <s v="064 Inis Mhic an Doirn, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33098"/>
+    <s v="098 Mín an Lábáin (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33098"/>
+    <s v="098 Mín an Lábáin (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33101"/>
+    <s v="101 Gartán (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33101"/>
+    <s v="101 Gartán (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33108"/>
+    <s v="108 Suí Corr (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33108"/>
+    <s v="108 Suí Corr (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33111"/>
+    <s v="111 Carraig Airt (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33111"/>
+    <s v="111 Carraig Airt (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33112"/>
+    <s v="112 An Cheathrú Chaol (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33112"/>
+    <s v="112 An Cheathrú Chaol (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33113"/>
+    <s v="113 Creamhghort (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33113"/>
+    <s v="113 Creamhghort (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33114"/>
+    <s v="114 Fánaid Thuaidh (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33114"/>
+    <s v="114 Fánaid Thuaidh (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33115"/>
+    <s v="115 Fánaid Thiar (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33115"/>
+    <s v="115 Fánaid Thiar (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33118"/>
+    <s v="118 Grianfort (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33118"/>
+    <s v="118 Grianfort (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33121"/>
+    <s v="121 Cnoc Colbha (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33121"/>
+    <s v="121 Cnoc Colbha (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33122"/>
+    <s v="122 Loch Caol (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33122"/>
+    <s v="122 Loch Caol (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33126"/>
+    <s v="126 Ros Goill, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33126"/>
+    <s v="126 Ros Goill, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33128"/>
+    <s v="128 An Tearmann (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33128"/>
+    <s v="128 An Tearmann (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33129"/>
+    <s v="129 Allt na Péiste (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33129"/>
+    <s v="129 Allt na Péiste (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33131"/>
+    <s v="131 An Clochán (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33131"/>
+    <s v="131 An Clochán (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33144"/>
+    <s v="144 Mín Charraigeach (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="33144"/>
+    <s v="144 Mín Charraigeach (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50269"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50134"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11041"/>
+    <s v="041 Tailtin (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11041"/>
+    <s v="041 Tailtin (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11053"/>
+    <s v="053 Domhnach Phádraig (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11053"/>
+    <s v="053 Domhnach Phádraig (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11070"/>
+    <s v="070 Baile Átha Buí (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11070"/>
+    <s v="070 Baile Átha Buí (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11082"/>
+    <s v="082 Cill Bhríde (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11082"/>
+    <s v="082 Cill Bhríde (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11090"/>
+    <s v="090 An Ráth Mhór (part), Co. Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11090"/>
+    <s v="090 An Ráth Mhór (part), Co. Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18108"/>
+    <s v="108 Béal Átha an Ghaorthaidh (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18108"/>
+    <s v="108 Béal Átha an Ghaorthaidh (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18199"/>
+    <s v="199 Béal Átha an Ghaorthaidh (Bealanageary), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18199"/>
+    <s v="199 Béal Átha an Ghaorthaidh (Bealanageary), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18200"/>
+    <s v="200 Ceann Droma, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18200"/>
+    <s v="200 Ceann Droma, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18202"/>
+    <s v="202 Claonráth (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18202"/>
+    <s v="202 Claonráth (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18205"/>
+    <s v="205 Doire Fhínín, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18205"/>
+    <s v="205 Doire Fhínín, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18206"/>
+    <s v="206 Gort na Tiobratan, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18206"/>
+    <s v="206 Gort na Tiobratan, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18212"/>
+    <s v="212 Cill na Martra (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18212"/>
+    <s v="212 Cill na Martra (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18218"/>
+    <s v="218 An Sliabh Riabhach, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18218"/>
+    <s v="218 An Sliabh Riabhach, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18219"/>
+    <s v="219 Na hUláin, Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18219"/>
+    <s v="219 Na hUláin, Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18290"/>
+    <s v="290 Cléire (part), Co. Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18290"/>
+    <s v="290 Cléire (part), Co. Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19004"/>
+    <s v="004 Na Beathacha (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19004"/>
+    <s v="004 Na Beathacha (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19005"/>
+    <s v="005 Baile an Sceilg, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19005"/>
+    <s v="005 Baile an Sceilg, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19006"/>
+    <s v="006 An Baile Breac (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19006"/>
+    <s v="006 An Baile Breac (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19008"/>
+    <s v="008 Cathair Dónall (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19008"/>
+    <s v="008 Cathair Dónall (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19009"/>
+    <s v="009 Ceannúig (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19009"/>
+    <s v="009 Ceannúig (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19011"/>
+    <s v="014 Doire Ianna, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19011"/>
+    <s v="014 Doire Ianna, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19013"/>
+    <s v="013 Doire Fhíonáin (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19013"/>
+    <s v="013 Doire Fhíonáin (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19015"/>
+    <s v="015 An tImleach (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19015"/>
+    <s v="015 An tImleach (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19019"/>
+    <s v="019 Loch Luíoch (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19019"/>
+    <s v="019 Loch Luíoch (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19020"/>
+    <s v="020 Máistir Gaoithe, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19020"/>
+    <s v="020 Máistir Gaoithe, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19023"/>
+    <s v="023 Toghroinn Fhíonáin, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19023"/>
+    <s v="023 Toghroinn Fhíonáin, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19024"/>
+    <s v="024 An Trian Iarthach (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19024"/>
+    <s v="024 An Trian Iarthach (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19027"/>
+    <s v="027 An Baile Dubh, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19027"/>
+    <s v="027 An Baile Dubh, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19029"/>
+    <s v="029 Cé Bhréanainn, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19029"/>
+    <s v="029 Cé Bhréanainn, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19031"/>
+    <s v="031 An Clochán, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19031"/>
+    <s v="031 An Clochán, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19033"/>
+    <s v="033 An Daingean, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19033"/>
+    <s v="033 An Daingean, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19034"/>
+    <s v="034 Dún Chaoin, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19034"/>
+    <s v="034 Dún Chaoin, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19035"/>
+    <s v="035 Dún Urlann, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19035"/>
+    <s v="035 Dún Urlann, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19036"/>
+    <s v="036 Na Gleannta, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19036"/>
+    <s v="036 Na Gleannta, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19038"/>
+    <s v="038 Cill Maoilchéadair, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19038"/>
+    <s v="038 Cill Maoilchéadair, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19039"/>
+    <s v="039 Cill Chuáin, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19039"/>
+    <s v="039 Cill Chuáin, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19040"/>
+    <s v="040 Cinn Aird, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19040"/>
+    <s v="040 Cinn Aird, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19042"/>
+    <s v="042 Márthain, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19042"/>
+    <s v="042 Márthain, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19043"/>
+    <s v="043 An Mhin Aird, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19043"/>
+    <s v="043 An Mhin Aird, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19044"/>
+    <s v="044 An Sráidbhaile (part), Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19044"/>
+    <s v="044 An Sráidbhaile (part), Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19045"/>
+    <s v="045 Ceann Trá, Co. Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19045"/>
+    <s v="045 Ceann Trá, Co. Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25019"/>
+    <s v="019 Aird Mhór (part), Co. Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25019"/>
+    <s v="019 Aird Mhór (part), Co. Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25020"/>
+    <s v="020 Baile Mhac Airt, Co. Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25020"/>
+    <s v="020 Baile Mhac Airt, Co. Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25034"/>
+    <s v="034 An Rinn (part), Co. Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25034"/>
+    <s v="034 An Rinn (part), Co. Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26002"/>
+    <s v="002 Baile an Bhriotaigh (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26002"/>
+    <s v="002 Baile an Bhriotaigh (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26003"/>
+    <s v="003 Bearna (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26003"/>
+    <s v="003 Bearna (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26004"/>
+    <s v="004 An Caisleán Gearr (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26004"/>
+    <s v="004 An Caisleán Gearr (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26008"/>
+    <s v="008 An Cnocán Carrach (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26008"/>
+    <s v="008 An Cnocán Carrach (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26010"/>
+    <s v="010 Mionlach (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26010"/>
+    <s v="010 Mionlach (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26018"/>
+    <s v="018 Paróiste San Nicoláis (part), Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26018"/>
+    <s v="018 Paróiste San Nicoláis (part), Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27022"/>
+    <s v="022 Binn an Choire (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27022"/>
+    <s v="022 Binn an Choire (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27031"/>
+    <s v="031 An Uillinn, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27031"/>
+    <s v="031 An Uillinn, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27033"/>
+    <s v="033 An Cnoc Buí, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27033"/>
+    <s v="033 An Cnoc Buí, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27034"/>
+    <s v="034 Maíros (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27034"/>
+    <s v="034 Maíros (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27035"/>
+    <s v="035 Abhainn Ghabhla, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27035"/>
+    <s v="035 Abhainn Ghabhla, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27037"/>
+    <s v="037 Cloch na Rón (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27037"/>
+    <s v="037 Cloch na Rón (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27039"/>
+    <s v="039 Scainimh, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27039"/>
+    <s v="039 Scainimh, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27054"/>
+    <s v="054 Cill Chuimin, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27054"/>
+    <s v="054 Cill Chuimin, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27055"/>
+    <s v="055 Cill Aithnín, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27055"/>
+    <s v="055 Cill Aithnín, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27056"/>
+    <s v="056 Leacach Beag (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27056"/>
+    <s v="056 Leacach Beag (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27058"/>
+    <s v="058 Lisín an Bhealaigh (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27058"/>
+    <s v="058 Lisín an Bhealaigh (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27059"/>
+    <s v="059 Maigh Cuilinn, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27059"/>
+    <s v="059 Maigh Cuilinn, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27061"/>
+    <s v="061 Sailearna, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27061"/>
+    <s v="061 Sailearna, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27062"/>
+    <s v="062 Sliabh an Aonaigh, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27062"/>
+    <s v="062 Sliabh an Aonaigh, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27063"/>
+    <s v="063 An Spidéal, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27063"/>
+    <s v="063 An Spidéal, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27065"/>
+    <s v="065 Tulaigh Mhic Aodháin (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27065"/>
+    <s v="065 Tulaigh Mhic Aodháin (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27040"/>
+    <s v="040 Eanach Dhúin, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27040"/>
+    <s v="040 Eanach Dhúin, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27042"/>
+    <s v="042 Baile an Teampaill (Part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27042"/>
+    <s v="042 Baile an Teampaill (Part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27044"/>
+    <s v="044 Bearna (Part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27044"/>
+    <s v="044 Bearna (Part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27046"/>
+    <s v="046 An Carn Mór, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27046"/>
+    <s v="046 An Carn Mór, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27047"/>
+    <s v="047 Ceathrú an Bhrúnaigh (Part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27047"/>
+    <s v="047 Ceathrú an Bhrúnaigh (Part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27048"/>
+    <s v="048 Baile Chláir, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27048"/>
+    <s v="048 Baile Chláir, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27149"/>
+    <s v="149 Camas, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27149"/>
+    <s v="149 Camas, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27150"/>
+    <s v="150 An Fhairche, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27150"/>
+    <s v="150 An Fhairche, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27151"/>
+    <s v="151 Conga, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27151"/>
+    <s v="151 Conga, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27051"/>
+    <s v="051 Na Forbacha, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27051"/>
+    <s v="051 Na Forbacha, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27152"/>
+    <s v="152 An Crompán, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27152"/>
+    <s v="152 An Crompán, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27053"/>
+    <s v="053 Árainn, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27053"/>
+    <s v="053 Árainn, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27153"/>
+    <s v="153 An Chorr, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27153"/>
+    <s v="153 An Chorr, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27154"/>
+    <s v="154 Garmna, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27154"/>
+    <s v="154 Garmna, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27155"/>
+    <s v="155 Cill Chuimín, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27155"/>
+    <s v="155 Cill Chuimín, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27156"/>
+    <s v="156 Leitir Breacáin (part), Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27156"/>
+    <s v="156 Leitir Breacáin (part), Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27158"/>
+    <s v="158 Leitir Móir, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27158"/>
+    <s v="158 Leitir Móir, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27160"/>
+    <s v="160 An Ros, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27160"/>
+    <s v="160 An Ros, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27161"/>
+    <s v="161 An Turlach, Co. Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27161"/>
+    <s v="161 An Turlach, Co. Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29013"/>
+    <s v="013 Béal Deirg Mór, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29013"/>
+    <s v="013 Béal Deirg Mór, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29033"/>
+    <s v="033 Baile an Chalaidh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29033"/>
+    <s v="033 Baile an Chalaidh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29035"/>
+    <s v="035 Baile Óbha (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29035"/>
+    <s v="035 Baile Óbha (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29037"/>
+    <s v="037 An Cheapaigh Dhuibh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29037"/>
+    <s v="037 An Cheapaigh Dhuibh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29047"/>
+    <s v="047 Abhainn Bhrain, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29047"/>
+    <s v="047 Abhainn Bhrain, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29048"/>
+    <s v="048 Partraí (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29048"/>
+    <s v="048 Partraí (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29051"/>
+    <s v="051 An Geata Mór Thuaidh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29051"/>
+    <s v="051 An Geata Mór Thuaidh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29052"/>
+    <s v="052 An Geata Mór Theas, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29052"/>
+    <s v="052 An Geata Mór Theas, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29054"/>
+    <s v="054 Barr Rúscaí, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29054"/>
+    <s v="054 Barr Rúscaí, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29055"/>
+    <s v="055 Béal an Mhuirthead, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29055"/>
+    <s v="055 Béal an Mhuirthead, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29056"/>
+    <s v="056 Gleann na Muaidhe, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29056"/>
+    <s v="056 Gleann na Muaidhe, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29057"/>
+    <s v="057 Gleann Chaisil, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29057"/>
+    <s v="057 Gleann Chaisil, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29059"/>
+    <s v="059 Guala Mhór (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29059"/>
+    <s v="059 Guala Mhór (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29060"/>
+    <s v="060 Cnoc an Daimh, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29060"/>
+    <s v="060 Cnoc an Daimh, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29061"/>
+    <s v="061 Cnoc na Lobhar, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29061"/>
+    <s v="061 Cnoc na Lobhar, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29062"/>
+    <s v="062 Moing na Bó, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29062"/>
+    <s v="062 Moing na Bó, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29063"/>
+    <s v="063 Na Monga, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29063"/>
+    <s v="063 Na Monga, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29064"/>
+    <s v="064 Cnoc na Ráithe, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29064"/>
+    <s v="064 Cnoc na Ráithe, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29082"/>
+    <s v="082 Tamhnaigh na Graí (part), Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29082"/>
+    <s v="082 Tamhnaigh na Graí (part), Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29124"/>
+    <s v="124 Acaill, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29124"/>
+    <s v="124 Acaill, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29133"/>
+    <s v="133 An Corrán, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29133"/>
+    <s v="133 An Corrán, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29136"/>
+    <s v="136 Dumha Éige, Co. Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29136"/>
+    <s v="136 Dumha Éige, Co. Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33012"/>
+    <s v="012 An Bhinn Bhán (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33012"/>
+    <s v="012 An Bhinn Bhán (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33023"/>
+    <s v="023 Loch Iascaigh (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33023"/>
+    <s v="023 Loch Iascaigh (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33030"/>
+    <s v="030 Críoch na Sméar (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33030"/>
+    <s v="030 Críoch na Sméar (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33031"/>
+    <s v="031 An Craoslach (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33031"/>
+    <s v="031 An Craoslach (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33032"/>
+    <s v="032 Na Croisbhealaí (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33032"/>
+    <s v="032 Na Croisbhealaí (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33033"/>
+    <s v="033 Caisleán na dTuath (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33033"/>
+    <s v="033 Caisleán na dTuath (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33034"/>
+    <s v="034 Dún Fionnachaidh (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33034"/>
+    <s v="034 Dún Fionnachaidh (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33035"/>
+    <s v="035 Dún Lúiche, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33035"/>
+    <s v="035 Dún Lúiche, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33036"/>
+    <s v="036 Gort an Choirce, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33036"/>
+    <s v="036 Gort an Choirce, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33037"/>
+    <s v="037 Machaire Chlochair, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33037"/>
+    <s v="037 Machaire Chlochair, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33038"/>
+    <s v="038 Mín an Chladaigh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33038"/>
+    <s v="038 Mín an Chladaigh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33039"/>
+    <s v="039 Anagaire, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33039"/>
+    <s v="039 Anagaire, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33040"/>
+    <s v="040 Árainn Mhór, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33040"/>
+    <s v="040 Árainn Mhór, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33041"/>
+    <s v="041 Ard an Rátha (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33041"/>
+    <s v="041 Ard an Rátha (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33042"/>
+    <s v="042 Cró Bheithe, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33042"/>
+    <s v="042 Cró Bheithe, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33043"/>
+    <s v="043 Cró Chaorach, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33043"/>
+    <s v="043 Cró Chaorach, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33046"/>
+    <s v="046 An Dúchoraidh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33046"/>
+    <s v="046 An Dúchoraidh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33047"/>
+    <s v="047 An Clochán Liath, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33047"/>
+    <s v="047 An Clochán Liath, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33048"/>
+    <s v="048 Baile na Finne, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33048"/>
+    <s v="048 Baile na Finne, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33049"/>
+    <s v="049 Gleann Cholm Cille, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33049"/>
+    <s v="049 Gleann Cholm Cille, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33050"/>
+    <s v="050 Gleann Gheis (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33050"/>
+    <s v="050 Gleann Gheis (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33051"/>
+    <s v="051 Gleann Léithín, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33051"/>
+    <s v="051 Gleann Léithín, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33052"/>
+    <s v="052 Na Gleannta (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33052"/>
+    <s v="052 Na Gleannta (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33053"/>
+    <s v="053 An Ghrafaidh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33053"/>
+    <s v="053 An Ghrafaidh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33054"/>
+    <s v="054 Inis Caoil, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33054"/>
+    <s v="054 Inis Caoil, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33055"/>
+    <s v="055 Cill Charthaigh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33055"/>
+    <s v="055 Cill Charthaigh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33056"/>
+    <s v="056 Cill Ghabhlaigh, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33056"/>
+    <s v="056 Cill Ghabhlaigh, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33058"/>
+    <s v="058 An Leargaidh Mhór (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33058"/>
+    <s v="058 An Leargaidh Mhór (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33059"/>
+    <s v="059 Leitir Mhic an Bhaird, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33059"/>
+    <s v="059 Leitir Mhic an Bhaird, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33061"/>
+    <s v="061 An Machaire, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33061"/>
+    <s v="061 An Machaire, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33062"/>
+    <s v="062 Málainn Bhig, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33062"/>
+    <s v="062 Málainn Bhig, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33063"/>
+    <s v="063 Maol Mosóg (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33063"/>
+    <s v="063 Maol Mosóg (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33064"/>
+    <s v="064 Inis Mhic an Doirn, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33064"/>
+    <s v="064 Inis Mhic an Doirn, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33098"/>
+    <s v="098 Mín an Lábáin (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33098"/>
+    <s v="098 Mín an Lábáin (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33101"/>
+    <s v="101 Gartán (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33101"/>
+    <s v="101 Gartán (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33108"/>
+    <s v="108 Suí Corr (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33108"/>
+    <s v="108 Suí Corr (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33111"/>
+    <s v="111 Carraig Airt (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33111"/>
+    <s v="111 Carraig Airt (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33112"/>
+    <s v="112 An Cheathrú Chaol (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33112"/>
+    <s v="112 An Cheathrú Chaol (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33113"/>
+    <s v="113 Creamhghort (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33113"/>
+    <s v="113 Creamhghort (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33114"/>
+    <s v="114 Fánaid Thuaidh (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33114"/>
+    <s v="114 Fánaid Thuaidh (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33115"/>
+    <s v="115 Fánaid Thiar (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33115"/>
+    <s v="115 Fánaid Thiar (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33118"/>
+    <s v="118 Grianfort (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33118"/>
+    <s v="118 Grianfort (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33121"/>
+    <s v="121 Cnoc Colbha (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33121"/>
+    <s v="121 Cnoc Colbha (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33122"/>
+    <s v="122 Loch Caol (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33122"/>
+    <s v="122 Loch Caol (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33126"/>
+    <s v="126 Ros Goill, Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33126"/>
+    <s v="126 Ros Goill, Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33128"/>
+    <s v="128 An Tearmann (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33128"/>
+    <s v="128 An Tearmann (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33129"/>
+    <s v="129 Allt na Péiste (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33129"/>
+    <s v="129 Allt na Péiste (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33131"/>
+    <s v="131 An Clochán (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33131"/>
+    <s v="131 An Clochán (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33144"/>
+    <s v="144 Mín Charraigeach (part), Co. Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E2020"/>
+    <s v="Population of Gaeltacht Electoral Divisions 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="33144"/>
+    <s v="144 Mín Charraigeach (part), Co. Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+</pivotCacheRecords>
 </file>