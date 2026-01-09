--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a46c28e7d1c4423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c38d439c04a84f3ca39a0b4f4cf41fd8.psmdcp" Id="R15b69921b8304b99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R935aeaa7e81e4391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ef4c0cf02d54395bf118e4c5bc7a460.psmdcp" Id="R59dd670b29dd41d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E2019</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population and Representatives Assigned to Each Municipal District 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2019/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P2</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 2 - Population Distribution and Movements</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -946,931 +946,300 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...879 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C03395V04084" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="96">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+      </items>
+    </pivotField>
+    <pivotField name="Municipal Districts" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="96">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H385" totalsRowShown="0">
   <x:autoFilter ref="A1:H385"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C03395V04084"/>
     <x:tableColumn id="2" name="Municipal Districts"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2139,51 +1508,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2019/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2370,51 +1739,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H385"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -12412,51 +11781,51 @@
       <x:c r="E385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H385" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12473,51 +11842,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H385" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C03395V04084">
       <x:sharedItems count="96">
         <x:s v="0001"/>
         <x:s v="0002"/>
         <x:s v="0003"/>
         <x:s v="0004"/>
         <x:s v="0005"/>
         <x:s v="0006"/>
         <x:s v="0007"/>
         <x:s v="0008"/>
         <x:s v="0009"/>
         <x:s v="0010"/>
         <x:s v="0011"/>
         <x:s v="0012"/>
         <x:s v="0013"/>
         <x:s v="0014"/>
         <x:s v="0015"/>
         <x:s v="0016"/>
         <x:s v="0017"/>
         <x:s v="0018"/>
         <x:s v="0019"/>
         <x:s v="0020"/>
         <x:s v="0021"/>
@@ -13013,27 +12382,3868 @@
         <x:n v="40544"/>
         <x:n v="20092"/>
         <x:n v="20452"/>
         <x:n v="42348"/>
         <x:n v="20911"/>
         <x:n v="21437"/>
         <x:n v="25889"/>
         <x:n v="12881"/>
         <x:n v="13008"/>
         <x:n v="18495"/>
         <x:n v="9421"/>
         <x:n v="9074"/>
         <x:n v="22000"/>
         <x:n v="11061"/>
         <x:n v="10939"/>
         <x:n v="20891"/>
         <x:n v="10384"/>
         <x:n v="10507"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0001"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3210181"/>
+  </r>
+  <r>
+    <s v="0001"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="1596535"/>
+  </r>
+  <r>
+    <s v="0001"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="1613646"/>
+  </r>
+  <r>
+    <s v="0001"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="0002"/>
+    <s v="Carlow, Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34846"/>
+  </r>
+  <r>
+    <s v="0002"/>
+    <s v="Carlow, Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17257"/>
+  </r>
+  <r>
+    <s v="0002"/>
+    <s v="Carlow, Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17589"/>
+  </r>
+  <r>
+    <s v="0002"/>
+    <s v="Carlow, Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="0003"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="22086"/>
+  </r>
+  <r>
+    <s v="0003"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11208"/>
+  </r>
+  <r>
+    <s v="0003"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10878"/>
+  </r>
+  <r>
+    <s v="0003"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0004"/>
+    <s v="Athy, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32180"/>
+  </r>
+  <r>
+    <s v="0004"/>
+    <s v="Athy, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16122"/>
+  </r>
+  <r>
+    <s v="0004"/>
+    <s v="Athy, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16058"/>
+  </r>
+  <r>
+    <s v="0004"/>
+    <s v="Athy, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0005"/>
+    <s v="Celbridge - Leixlip, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="37486"/>
+  </r>
+  <r>
+    <s v="0005"/>
+    <s v="Celbridge - Leixlip, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18620"/>
+  </r>
+  <r>
+    <s v="0005"/>
+    <s v="Celbridge - Leixlip, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18866"/>
+  </r>
+  <r>
+    <s v="0005"/>
+    <s v="Celbridge - Leixlip, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0006"/>
+    <s v="Kildare - Newbridge, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="52718"/>
+  </r>
+  <r>
+    <s v="0006"/>
+    <s v="Kildare - Newbridge, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="26132"/>
+  </r>
+  <r>
+    <s v="0006"/>
+    <s v="Kildare - Newbridge, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="26586"/>
+  </r>
+  <r>
+    <s v="0006"/>
+    <s v="Kildare - Newbridge, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0007"/>
+    <s v="Maynooth, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="50842"/>
+  </r>
+  <r>
+    <s v="0007"/>
+    <s v="Maynooth, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="25374"/>
+  </r>
+  <r>
+    <s v="0007"/>
+    <s v="Maynooth, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="25468"/>
+  </r>
+  <r>
+    <s v="0007"/>
+    <s v="Maynooth, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0008"/>
+    <s v="Naas, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="49278"/>
+  </r>
+  <r>
+    <s v="0008"/>
+    <s v="Naas, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="24298"/>
+  </r>
+  <r>
+    <s v="0008"/>
+    <s v="Naas, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="24980"/>
+  </r>
+  <r>
+    <s v="0008"/>
+    <s v="Naas, Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0009"/>
+    <s v="Castlecomer, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="22924"/>
+  </r>
+  <r>
+    <s v="0009"/>
+    <s v="Castlecomer, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11629"/>
+  </r>
+  <r>
+    <s v="0009"/>
+    <s v="Castlecomer, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11295"/>
+  </r>
+  <r>
+    <s v="0009"/>
+    <s v="Castlecomer, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0010"/>
+    <s v="Kilkenny City, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="52172"/>
+  </r>
+  <r>
+    <s v="0010"/>
+    <s v="Kilkenny City, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="25742"/>
+  </r>
+  <r>
+    <s v="0010"/>
+    <s v="Kilkenny City, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="26430"/>
+  </r>
+  <r>
+    <s v="0010"/>
+    <s v="Kilkenny City, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="0011"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="24136"/>
+  </r>
+  <r>
+    <s v="0011"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12162"/>
+  </r>
+  <r>
+    <s v="0011"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11974"/>
+  </r>
+  <r>
+    <s v="0011"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0012"/>
+    <s v="Borris in Ossory - Mountmellick, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="24437"/>
+  </r>
+  <r>
+    <s v="0012"/>
+    <s v="Borris in Ossory - Mountmellick, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12282"/>
+  </r>
+  <r>
+    <s v="0012"/>
+    <s v="Borris in Ossory - Mountmellick, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12155"/>
+  </r>
+  <r>
+    <s v="0012"/>
+    <s v="Borris in Ossory - Mountmellick, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0013"/>
+    <s v="Graiguecullen - Portarlington, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28096"/>
+  </r>
+  <r>
+    <s v="0013"/>
+    <s v="Graiguecullen - Portarlington, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14013"/>
+  </r>
+  <r>
+    <s v="0013"/>
+    <s v="Graiguecullen - Portarlington, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14083"/>
+  </r>
+  <r>
+    <s v="0013"/>
+    <s v="Graiguecullen - Portarlington, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0014"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32164"/>
+  </r>
+  <r>
+    <s v="0014"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16516"/>
+  </r>
+  <r>
+    <s v="0014"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15648"/>
+  </r>
+  <r>
+    <s v="0014"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0015"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14153"/>
+  </r>
+  <r>
+    <s v="0015"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7188"/>
+  </r>
+  <r>
+    <s v="0015"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6965"/>
+  </r>
+  <r>
+    <s v="0015"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0016"/>
+    <s v="Granard, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12639"/>
+  </r>
+  <r>
+    <s v="0016"/>
+    <s v="Granard, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6413"/>
+  </r>
+  <r>
+    <s v="0016"/>
+    <s v="Granard, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6226"/>
+  </r>
+  <r>
+    <s v="0016"/>
+    <s v="Granard, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0017"/>
+    <s v="Longford, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="14081"/>
+  </r>
+  <r>
+    <s v="0017"/>
+    <s v="Longford, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6986"/>
+  </r>
+  <r>
+    <s v="0017"/>
+    <s v="Longford, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7095"/>
+  </r>
+  <r>
+    <s v="0017"/>
+    <s v="Longford, Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0018"/>
+    <s v="Drogheda, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="44052"/>
+  </r>
+  <r>
+    <s v="0018"/>
+    <s v="Drogheda, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="21608"/>
+  </r>
+  <r>
+    <s v="0018"/>
+    <s v="Drogheda, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="22444"/>
+  </r>
+  <r>
+    <s v="0018"/>
+    <s v="Drogheda, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="0019"/>
+    <s v="Ardee, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29026"/>
+  </r>
+  <r>
+    <s v="0019"/>
+    <s v="Ardee, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14596"/>
+  </r>
+  <r>
+    <s v="0019"/>
+    <s v="Ardee, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14430"/>
+  </r>
+  <r>
+    <s v="0019"/>
+    <s v="Ardee, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0020"/>
+    <s v="Dundalk, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="55806"/>
+  </r>
+  <r>
+    <s v="0020"/>
+    <s v="Dundalk, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="27429"/>
+  </r>
+  <r>
+    <s v="0020"/>
+    <s v="Dundalk, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="28377"/>
+  </r>
+  <r>
+    <s v="0020"/>
+    <s v="Dundalk, Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="0021"/>
+    <s v="Ashbourne, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29178"/>
+  </r>
+  <r>
+    <s v="0021"/>
+    <s v="Ashbourne, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14492"/>
+  </r>
+  <r>
+    <s v="0021"/>
+    <s v="Ashbourne, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14686"/>
+  </r>
+  <r>
+    <s v="0021"/>
+    <s v="Ashbourne, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0022"/>
+    <s v="Kells, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32398"/>
+  </r>
+  <r>
+    <s v="0022"/>
+    <s v="Kells, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16293"/>
+  </r>
+  <r>
+    <s v="0022"/>
+    <s v="Kells, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16105"/>
+  </r>
+  <r>
+    <s v="0022"/>
+    <s v="Kells, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0023"/>
+    <s v="Laytown - Bettystown, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="33752"/>
+  </r>
+  <r>
+    <s v="0023"/>
+    <s v="Laytown - Bettystown, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16686"/>
+  </r>
+  <r>
+    <s v="0023"/>
+    <s v="Laytown - Bettystown, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17066"/>
+  </r>
+  <r>
+    <s v="0023"/>
+    <s v="Laytown - Bettystown, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0024"/>
+    <s v="Navan, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34931"/>
+  </r>
+  <r>
+    <s v="0024"/>
+    <s v="Navan, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17143"/>
+  </r>
+  <r>
+    <s v="0024"/>
+    <s v="Navan, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17788"/>
+  </r>
+  <r>
+    <s v="0024"/>
+    <s v="Navan, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0025"/>
+    <s v="Ratoath, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="33590"/>
+  </r>
+  <r>
+    <s v="0025"/>
+    <s v="Ratoath, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16698"/>
+  </r>
+  <r>
+    <s v="0025"/>
+    <s v="Ratoath, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16892"/>
+  </r>
+  <r>
+    <s v="0025"/>
+    <s v="Ratoath, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0026"/>
+    <s v="Trim, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="31195"/>
+  </r>
+  <r>
+    <s v="0026"/>
+    <s v="Trim, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15464"/>
+  </r>
+  <r>
+    <s v="0026"/>
+    <s v="Trim, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15731"/>
+  </r>
+  <r>
+    <s v="0026"/>
+    <s v="Trim, Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0027"/>
+    <s v="Birr, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="25476"/>
+  </r>
+  <r>
+    <s v="0027"/>
+    <s v="Birr, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12842"/>
+  </r>
+  <r>
+    <s v="0027"/>
+    <s v="Birr, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12634"/>
+  </r>
+  <r>
+    <s v="0027"/>
+    <s v="Birr, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0028"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="23326"/>
+  </r>
+  <r>
+    <s v="0028"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11675"/>
+  </r>
+  <r>
+    <s v="0028"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11651"/>
+  </r>
+  <r>
+    <s v="0028"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0029"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29159"/>
+  </r>
+  <r>
+    <s v="0029"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14321"/>
+  </r>
+  <r>
+    <s v="0029"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14838"/>
+  </r>
+  <r>
+    <s v="0029"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0030"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="31219"/>
+  </r>
+  <r>
+    <s v="0030"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15694"/>
+  </r>
+  <r>
+    <s v="0030"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15525"/>
+  </r>
+  <r>
+    <s v="0030"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0031"/>
+    <s v="Mullingar, Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="57551"/>
+  </r>
+  <r>
+    <s v="0031"/>
+    <s v="Mullingar, Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="28388"/>
+  </r>
+  <r>
+    <s v="0031"/>
+    <s v="Mullingar, Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="29163"/>
+  </r>
+  <r>
+    <s v="0031"/>
+    <s v="Mullingar, Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="0032"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35613"/>
+  </r>
+  <r>
+    <s v="0032"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17673"/>
+  </r>
+  <r>
+    <s v="0032"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17940"/>
+  </r>
+  <r>
+    <s v="0032"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0033"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="36656"/>
+  </r>
+  <r>
+    <s v="0033"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18095"/>
+  </r>
+  <r>
+    <s v="0033"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18561"/>
+  </r>
+  <r>
+    <s v="0033"/>
+    <s v="Gorey, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0034"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32025"/>
+  </r>
+  <r>
+    <s v="0034"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15875"/>
+  </r>
+  <r>
+    <s v="0034"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16150"/>
+  </r>
+  <r>
+    <s v="0034"/>
+    <s v="New Ross, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0035"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="45428"/>
+  </r>
+  <r>
+    <s v="0035"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22079"/>
+  </r>
+  <r>
+    <s v="0035"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23349"/>
+  </r>
+  <r>
+    <s v="0035"/>
+    <s v="Wexford, Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="0036"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="26185"/>
+  </r>
+  <r>
+    <s v="0036"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13035"/>
+  </r>
+  <r>
+    <s v="0036"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13150"/>
+  </r>
+  <r>
+    <s v="0036"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0037"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="26167"/>
+  </r>
+  <r>
+    <s v="0037"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13176"/>
+  </r>
+  <r>
+    <s v="0037"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12991"/>
+  </r>
+  <r>
+    <s v="0037"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0038"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35531"/>
+  </r>
+  <r>
+    <s v="0038"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17076"/>
+  </r>
+  <r>
+    <s v="0038"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18455"/>
+  </r>
+  <r>
+    <s v="0038"/>
+    <s v="Bray, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0039"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="26323"/>
+  </r>
+  <r>
+    <s v="0039"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12848"/>
+  </r>
+  <r>
+    <s v="0039"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13475"/>
+  </r>
+  <r>
+    <s v="0039"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0040"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28219"/>
+  </r>
+  <r>
+    <s v="0040"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14021"/>
+  </r>
+  <r>
+    <s v="0040"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14198"/>
+  </r>
+  <r>
+    <s v="0040"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0041"/>
+    <s v="Ennis, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="33657"/>
+  </r>
+  <r>
+    <s v="0041"/>
+    <s v="Ennis, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16216"/>
+  </r>
+  <r>
+    <s v="0041"/>
+    <s v="Ennis, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17441"/>
+  </r>
+  <r>
+    <s v="0041"/>
+    <s v="Ennis, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0042"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="23083"/>
+  </r>
+  <r>
+    <s v="0042"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11582"/>
+  </r>
+  <r>
+    <s v="0042"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11501"/>
+  </r>
+  <r>
+    <s v="0042"/>
+    <s v="Killaloe, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0043"/>
+    <s v="Shannon, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="27640"/>
+  </r>
+  <r>
+    <s v="0043"/>
+    <s v="Shannon, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13749"/>
+  </r>
+  <r>
+    <s v="0043"/>
+    <s v="Shannon, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13891"/>
+  </r>
+  <r>
+    <s v="0043"/>
+    <s v="Shannon, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0044"/>
+    <s v="West Clare, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34437"/>
+  </r>
+  <r>
+    <s v="0044"/>
+    <s v="West Clare, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17238"/>
+  </r>
+  <r>
+    <s v="0044"/>
+    <s v="West Clare, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17199"/>
+  </r>
+  <r>
+    <s v="0044"/>
+    <s v="West Clare, Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0046"/>
+    <s v="Ballincollig - Carrigaline, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="74422"/>
+  </r>
+  <r>
+    <s v="0046"/>
+    <s v="Ballincollig - Carrigaline, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="36368"/>
+  </r>
+  <r>
+    <s v="0046"/>
+    <s v="Ballincollig - Carrigaline, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="38054"/>
+  </r>
+  <r>
+    <s v="0046"/>
+    <s v="Ballincollig - Carrigaline, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="0047"/>
+    <s v="Bandon - Kinsale, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="45609"/>
+  </r>
+  <r>
+    <s v="0047"/>
+    <s v="Bandon - Kinsale, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22521"/>
+  </r>
+  <r>
+    <s v="0047"/>
+    <s v="Bandon - Kinsale, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23088"/>
+  </r>
+  <r>
+    <s v="0047"/>
+    <s v="Bandon - Kinsale, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0048"/>
+    <s v="Blarney - Macroom, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="45239"/>
+  </r>
+  <r>
+    <s v="0048"/>
+    <s v="Blarney - Macroom, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22723"/>
+  </r>
+  <r>
+    <s v="0048"/>
+    <s v="Blarney - Macroom, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="22516"/>
+  </r>
+  <r>
+    <s v="0048"/>
+    <s v="Blarney - Macroom, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0049"/>
+    <s v="Cóbh, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="56722"/>
+  </r>
+  <r>
+    <s v="0049"/>
+    <s v="Cóbh, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="28086"/>
+  </r>
+  <r>
+    <s v="0049"/>
+    <s v="Cóbh, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="28636"/>
+  </r>
+  <r>
+    <s v="0049"/>
+    <s v="Cóbh, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0050"/>
+    <s v="East Cork, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="45441"/>
+  </r>
+  <r>
+    <s v="0050"/>
+    <s v="East Cork, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22386"/>
+  </r>
+  <r>
+    <s v="0050"/>
+    <s v="East Cork, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23055"/>
+  </r>
+  <r>
+    <s v="0050"/>
+    <s v="East Cork, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0051"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="44125"/>
+  </r>
+  <r>
+    <s v="0051"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22098"/>
+  </r>
+  <r>
+    <s v="0051"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="22027"/>
+  </r>
+  <r>
+    <s v="0051"/>
+    <s v="Fermoy, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0052"/>
+    <s v="Kanturk - Mallow, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="48601"/>
+  </r>
+  <r>
+    <s v="0052"/>
+    <s v="Kanturk - Mallow, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="24162"/>
+  </r>
+  <r>
+    <s v="0052"/>
+    <s v="Kanturk - Mallow, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="24439"/>
+  </r>
+  <r>
+    <s v="0052"/>
+    <s v="Kanturk - Mallow, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0053"/>
+    <s v="West Cork, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="57052"/>
+  </r>
+  <r>
+    <s v="0053"/>
+    <s v="West Cork, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="28609"/>
+  </r>
+  <r>
+    <s v="0053"/>
+    <s v="West Cork, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="28443"/>
+  </r>
+  <r>
+    <s v="0053"/>
+    <s v="West Cork, Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0054"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39935"/>
+  </r>
+  <r>
+    <s v="0054"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19685"/>
+  </r>
+  <r>
+    <s v="0054"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20250"/>
+  </r>
+  <r>
+    <s v="0054"/>
+    <s v="Killarney, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0055"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28418"/>
+  </r>
+  <r>
+    <s v="0055"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14230"/>
+  </r>
+  <r>
+    <s v="0055"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14188"/>
+  </r>
+  <r>
+    <s v="0055"/>
+    <s v="Listowel, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0056"/>
+    <s v="South and West Kerry, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39607"/>
+  </r>
+  <r>
+    <s v="0056"/>
+    <s v="South and West Kerry, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19669"/>
+  </r>
+  <r>
+    <s v="0056"/>
+    <s v="South and West Kerry, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19938"/>
+  </r>
+  <r>
+    <s v="0056"/>
+    <s v="South and West Kerry, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0057"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39747"/>
+  </r>
+  <r>
+    <s v="0057"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19471"/>
+  </r>
+  <r>
+    <s v="0057"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20276"/>
+  </r>
+  <r>
+    <s v="0057"/>
+    <s v="Tralee, Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0058"/>
+    <s v="Adare - Rathkeale, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="27710"/>
+  </r>
+  <r>
+    <s v="0058"/>
+    <s v="Adare - Rathkeale, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13880"/>
+  </r>
+  <r>
+    <s v="0058"/>
+    <s v="Adare - Rathkeale, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13830"/>
+  </r>
+  <r>
+    <s v="0058"/>
+    <s v="Adare - Rathkeale, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0059"/>
+    <s v="Cappamore - Kilmallock, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34821"/>
+  </r>
+  <r>
+    <s v="0059"/>
+    <s v="Cappamore - Kilmallock, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17689"/>
+  </r>
+  <r>
+    <s v="0059"/>
+    <s v="Cappamore - Kilmallock, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17132"/>
+  </r>
+  <r>
+    <s v="0059"/>
+    <s v="Cappamore - Kilmallock, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0060"/>
+    <s v="Limerick, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="104952"/>
+  </r>
+  <r>
+    <s v="0060"/>
+    <s v="Limerick, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="51931"/>
+  </r>
+  <r>
+    <s v="0060"/>
+    <s v="Limerick, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="53021"/>
+  </r>
+  <r>
+    <s v="0060"/>
+    <s v="Limerick, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="0061"/>
+    <s v="Newcastle West, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="27416"/>
+  </r>
+  <r>
+    <s v="0061"/>
+    <s v="Newcastle West, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13840"/>
+  </r>
+  <r>
+    <s v="0061"/>
+    <s v="Newcastle West, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13576"/>
+  </r>
+  <r>
+    <s v="0061"/>
+    <s v="Newcastle West, Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0062"/>
+    <s v="Carrick on Suir, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="21677"/>
+  </r>
+  <r>
+    <s v="0062"/>
+    <s v="Carrick on Suir, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10905"/>
+  </r>
+  <r>
+    <s v="0062"/>
+    <s v="Carrick on Suir, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10772"/>
+  </r>
+  <r>
+    <s v="0062"/>
+    <s v="Carrick on Suir, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0063"/>
+    <s v="Cashel - Tipperary, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="27382"/>
+  </r>
+  <r>
+    <s v="0063"/>
+    <s v="Cashel - Tipperary, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13744"/>
+  </r>
+  <r>
+    <s v="0063"/>
+    <s v="Cashel - Tipperary, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13638"/>
+  </r>
+  <r>
+    <s v="0063"/>
+    <s v="Cashel - Tipperary, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0064"/>
+    <s v="Clonmel, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="36790"/>
+  </r>
+  <r>
+    <s v="0064"/>
+    <s v="Clonmel, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18301"/>
+  </r>
+  <r>
+    <s v="0064"/>
+    <s v="Clonmel, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18489"/>
+  </r>
+  <r>
+    <s v="0064"/>
+    <s v="Clonmel, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0065"/>
+    <s v="Nenagh, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="38412"/>
+  </r>
+  <r>
+    <s v="0065"/>
+    <s v="Nenagh, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19157"/>
+  </r>
+  <r>
+    <s v="0065"/>
+    <s v="Nenagh, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19255"/>
+  </r>
+  <r>
+    <s v="0065"/>
+    <s v="Nenagh, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0066"/>
+    <s v="Templemore - Thurles, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35292"/>
+  </r>
+  <r>
+    <s v="0066"/>
+    <s v="Templemore - Thurles, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17561"/>
+  </r>
+  <r>
+    <s v="0066"/>
+    <s v="Templemore - Thurles, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17731"/>
+  </r>
+  <r>
+    <s v="0066"/>
+    <s v="Templemore - Thurles, Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0067"/>
+    <s v="Comeragh, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19279"/>
+  </r>
+  <r>
+    <s v="0067"/>
+    <s v="Comeragh, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9717"/>
+  </r>
+  <r>
+    <s v="0067"/>
+    <s v="Comeragh, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9562"/>
+  </r>
+  <r>
+    <s v="0067"/>
+    <s v="Comeragh, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0068"/>
+    <s v="Dungarvan - Lismore, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="29062"/>
+  </r>
+  <r>
+    <s v="0068"/>
+    <s v="Dungarvan - Lismore, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14476"/>
+  </r>
+  <r>
+    <s v="0068"/>
+    <s v="Dungarvan - Lismore, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14586"/>
+  </r>
+  <r>
+    <s v="0068"/>
+    <s v="Dungarvan - Lismore, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0069"/>
+    <s v="Waterford, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="67835"/>
+  </r>
+  <r>
+    <s v="0069"/>
+    <s v="Waterford, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="33458"/>
+  </r>
+  <r>
+    <s v="0069"/>
+    <s v="Waterford, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="34377"/>
+  </r>
+  <r>
+    <s v="0069"/>
+    <s v="Waterford, Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="0070"/>
+    <s v="Athenry - Oranmore, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="35158"/>
+  </r>
+  <r>
+    <s v="0070"/>
+    <s v="Athenry - Oranmore, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17678"/>
+  </r>
+  <r>
+    <s v="0070"/>
+    <s v="Athenry - Oranmore, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17480"/>
+  </r>
+  <r>
+    <s v="0070"/>
+    <s v="Athenry - Oranmore, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0071"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="24646"/>
+  </r>
+  <r>
+    <s v="0071"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12427"/>
+  </r>
+  <r>
+    <s v="0071"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12219"/>
+  </r>
+  <r>
+    <s v="0071"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0072"/>
+    <s v="Conamara, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="38532"/>
+  </r>
+  <r>
+    <s v="0072"/>
+    <s v="Conamara, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19202"/>
+  </r>
+  <r>
+    <s v="0072"/>
+    <s v="Conamara, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19330"/>
+  </r>
+  <r>
+    <s v="0072"/>
+    <s v="Conamara, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0073"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39346"/>
+  </r>
+  <r>
+    <s v="0073"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19570"/>
+  </r>
+  <r>
+    <s v="0073"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19776"/>
+  </r>
+  <r>
+    <s v="0073"/>
+    <s v="Loughrea, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0074"/>
+    <s v="Tuam, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="41708"/>
+  </r>
+  <r>
+    <s v="0074"/>
+    <s v="Tuam, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20986"/>
+  </r>
+  <r>
+    <s v="0074"/>
+    <s v="Tuam, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20722"/>
+  </r>
+  <r>
+    <s v="0074"/>
+    <s v="Tuam, Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0075"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="9862"/>
+  </r>
+  <r>
+    <s v="0075"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="0075"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="0075"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0076"/>
+    <s v="Carrick on Shannon, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11361"/>
+  </r>
+  <r>
+    <s v="0076"/>
+    <s v="Carrick on Shannon, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5648"/>
+  </r>
+  <r>
+    <s v="0076"/>
+    <s v="Carrick on Shannon, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5713"/>
+  </r>
+  <r>
+    <s v="0076"/>
+    <s v="Carrick on Shannon, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0077"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10821"/>
+  </r>
+  <r>
+    <s v="0077"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5450"/>
+  </r>
+  <r>
+    <s v="0077"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5371"/>
+  </r>
+  <r>
+    <s v="0077"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0078"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32688"/>
+  </r>
+  <r>
+    <s v="0078"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16260"/>
+  </r>
+  <r>
+    <s v="0078"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16428"/>
+  </r>
+  <r>
+    <s v="0078"/>
+    <s v="Ballina, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0079"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34169"/>
+  </r>
+  <r>
+    <s v="0079"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16903"/>
+  </r>
+  <r>
+    <s v="0079"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17266"/>
+  </r>
+  <r>
+    <s v="0079"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0080"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="32672"/>
+  </r>
+  <r>
+    <s v="0080"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16408"/>
+  </r>
+  <r>
+    <s v="0080"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16264"/>
+  </r>
+  <r>
+    <s v="0080"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0081"/>
+    <s v="West Mayo, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30978"/>
+  </r>
+  <r>
+    <s v="0081"/>
+    <s v="West Mayo, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15476"/>
+  </r>
+  <r>
+    <s v="0081"/>
+    <s v="West Mayo, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15502"/>
+  </r>
+  <r>
+    <s v="0081"/>
+    <s v="West Mayo, Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0082"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="19979"/>
+  </r>
+  <r>
+    <s v="0082"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9888"/>
+  </r>
+  <r>
+    <s v="0082"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10091"/>
+  </r>
+  <r>
+    <s v="0082"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0083"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="21831"/>
+  </r>
+  <r>
+    <s v="0083"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11031"/>
+  </r>
+  <r>
+    <s v="0083"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10800"/>
+  </r>
+  <r>
+    <s v="0083"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0084"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="22734"/>
+  </r>
+  <r>
+    <s v="0084"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11458"/>
+  </r>
+  <r>
+    <s v="0084"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11276"/>
+  </r>
+  <r>
+    <s v="0084"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0085"/>
+    <s v="Ballymote - Tobercurry, Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="26731"/>
+  </r>
+  <r>
+    <s v="0085"/>
+    <s v="Ballymote - Tobercurry, Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13535"/>
+  </r>
+  <r>
+    <s v="0085"/>
+    <s v="Ballymote - Tobercurry, Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13196"/>
+  </r>
+  <r>
+    <s v="0085"/>
+    <s v="Ballymote - Tobercurry, Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="0086"/>
+    <s v="Sligo, Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="38804"/>
+  </r>
+  <r>
+    <s v="0086"/>
+    <s v="Sligo, Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18830"/>
+  </r>
+  <r>
+    <s v="0086"/>
+    <s v="Sligo, Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19974"/>
+  </r>
+  <r>
+    <s v="0086"/>
+    <s v="Sligo, Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="0087"/>
+    <s v="Bailieborough - Cootehill, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="24415"/>
+  </r>
+  <r>
+    <s v="0087"/>
+    <s v="Bailieborough - Cootehill, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12360"/>
+  </r>
+  <r>
+    <s v="0087"/>
+    <s v="Bailieborough - Cootehill, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12055"/>
+  </r>
+  <r>
+    <s v="0087"/>
+    <s v="Bailieborough - Cootehill, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0088"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="25802"/>
+  </r>
+  <r>
+    <s v="0088"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13035"/>
+  </r>
+  <r>
+    <s v="0088"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12767"/>
+  </r>
+  <r>
+    <s v="0088"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0089"/>
+    <s v="Cavan - Belturbet, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="25959"/>
+  </r>
+  <r>
+    <s v="0089"/>
+    <s v="Cavan - Belturbet, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12935"/>
+  </r>
+  <r>
+    <s v="0089"/>
+    <s v="Cavan - Belturbet, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13024"/>
+  </r>
+  <r>
+    <s v="0089"/>
+    <s v="Cavan - Belturbet, Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0090"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="26492"/>
+  </r>
+  <r>
+    <s v="0090"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13185"/>
+  </r>
+  <r>
+    <s v="0090"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13307"/>
+  </r>
+  <r>
+    <s v="0090"/>
+    <s v="Donegal, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0091"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="23919"/>
+  </r>
+  <r>
+    <s v="0091"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11953"/>
+  </r>
+  <r>
+    <s v="0091"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11966"/>
+  </r>
+  <r>
+    <s v="0091"/>
+    <s v="Glenties, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0092"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="40544"/>
+  </r>
+  <r>
+    <s v="0092"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20092"/>
+  </r>
+  <r>
+    <s v="0092"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20452"/>
+  </r>
+  <r>
+    <s v="0092"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0093"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="42348"/>
+  </r>
+  <r>
+    <s v="0093"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20911"/>
+  </r>
+  <r>
+    <s v="0093"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21437"/>
+  </r>
+  <r>
+    <s v="0093"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="0094"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="25889"/>
+  </r>
+  <r>
+    <s v="0094"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12881"/>
+  </r>
+  <r>
+    <s v="0094"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13008"/>
+  </r>
+  <r>
+    <s v="0094"/>
+    <s v="Stranorlar, Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0095"/>
+    <s v="Ballybay - Clones, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="18495"/>
+  </r>
+  <r>
+    <s v="0095"/>
+    <s v="Ballybay - Clones, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9421"/>
+  </r>
+  <r>
+    <s v="0095"/>
+    <s v="Ballybay - Clones, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9074"/>
+  </r>
+  <r>
+    <s v="0095"/>
+    <s v="Ballybay - Clones, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0096"/>
+    <s v="Carrickmacross - Castleblaney, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="22000"/>
+  </r>
+  <r>
+    <s v="0096"/>
+    <s v="Carrickmacross - Castleblaney, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11061"/>
+  </r>
+  <r>
+    <s v="0096"/>
+    <s v="Carrickmacross - Castleblaney, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10939"/>
+  </r>
+  <r>
+    <s v="0096"/>
+    <s v="Carrickmacross - Castleblaney, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="0097"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="20891"/>
+  </r>
+  <r>
+    <s v="0097"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C02"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10384"/>
+  </r>
+  <r>
+    <s v="0097"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C03"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10507"/>
+  </r>
+  <r>
+    <s v="0097"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2019C04"/>
+    <s v="Representatives assigned to each Municipal District"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+</pivotCacheRecords>
 </file>