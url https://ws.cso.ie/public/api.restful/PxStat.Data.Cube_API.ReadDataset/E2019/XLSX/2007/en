--- v1 (2026-01-09)
+++ v2 (2026-03-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R935aeaa7e81e4391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ef4c0cf02d54395bf118e4c5bc7a460.psmdcp" Id="R59dd670b29dd41d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfde9731bd4244d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a111b773593548e19e0b73b0312edf13.psmdcp" Id="R0f3b9190724e42df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>