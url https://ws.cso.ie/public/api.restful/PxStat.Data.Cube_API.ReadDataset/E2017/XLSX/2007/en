--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fe36da40214129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa71d01df0194a9b9657af9863c09855.psmdcp" Id="R0ee8ca6003384b3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e20a50cc79e4459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9f4e0e701ef4375800e352ad9fb019f.psmdcp" Id="R96e4eb6038e94abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E2017</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2017/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P2</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 2 - Population Distribution and Movements</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -610,515 +610,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...463 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02696V03264" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="41">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+      </items>
+    </pivotField>
+    <pivotField name="Constituency" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="41">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J247" totalsRowShown="0">
   <x:autoFilter ref="A1:J247"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02696V03264"/>
     <x:tableColumn id="4" name="Constituency"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="C02701V03269"/>
     <x:tableColumn id="8" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1389,51 +1076,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2017/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1620,51 +1307,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J247"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="20.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9558,51 +9245,51 @@
       <x:c r="G247" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J247" s="0">
         <x:v>1776084</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9619,51 +9306,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J247" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E2017"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02696V03264">
       <x:sharedItems count="41">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="101"/>
         <x:s v="11"/>
         <x:s v="151"/>
@@ -9995,27 +9682,2980 @@
         <x:n v="145320"/>
         <x:n v="55611"/>
         <x:n v="89709"/>
         <x:n v="149722"/>
         <x:n v="57753"/>
         <x:n v="91969"/>
         <x:n v="141012"/>
         <x:n v="88945"/>
         <x:n v="52067"/>
         <x:n v="146926"/>
         <x:n v="92593"/>
         <x:n v="54333"/>
         <x:n v="4588252"/>
         <x:n v="2846882"/>
         <x:n v="1741370"/>
         <x:n v="4761865"/>
         <x:n v="2985781"/>
         <x:n v="1776084"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="145659"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="62048"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="83611"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="151663"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="66442"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="85221"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="120483"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="39806"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="80677"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="124412"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="41255"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="83157"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="111336"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="42008"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="69328"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="112823"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="42135"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="70688"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="114365"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="62238"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="52127"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="121429"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="67017"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="54412"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="117165"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="98070"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="19095"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="124836"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="104849"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="19987"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="86593"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="29890"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="56703"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="89080"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="30975"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="58105"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="117957"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="109707"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="8250"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="122221"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="113826"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="8395"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="82952"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="23857"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="59095"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="85302"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="23985"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="61317"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="152358"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="39631"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="112727"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="150657"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="39152"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="111505"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="89030"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="89030"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="96307"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="96307"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="146512"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="146505"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="152943"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="152940"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="116396"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="116396"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="121176"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="121176"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="141162"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="123287"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="17875"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="152086"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="132510"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="19576"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="110427"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="106674"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="3753"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="117976"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="114199"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="90534"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="90068"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="96992"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="96992"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="87470"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="86109"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="94472"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="92849"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="114660"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="114660"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="119469"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="119469"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="144908"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="143185"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="150495"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="148720"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="113179"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="110369"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="121897"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="119879"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="118791"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="118245"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="123546"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="122604"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="89564"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="21428"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="68136"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="93651"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="21762"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="71889"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="150874"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="89774"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="61100"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="154354"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="93009"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="61345"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="145502"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="51479"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="94023"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="147707"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="52126"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="95581"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="115350"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="92149"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="23201"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="122774"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="97847"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="24927"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="87776"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="46312"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="41464"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="91838"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="48245"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43593"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="87745"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="41891"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="45854"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="92589"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="45225"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47364"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="113835"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="96227"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="17608"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="117048"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="99227"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="17821"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="83834"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="11545"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="72289"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="83845"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="10339"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="73506"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="116802"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="54731"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="62071"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="120962"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="57392"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="63570"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="143272"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="95989"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47283"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="150924"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="103853"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47071"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="120332"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="35191"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="85141"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="120082"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="34490"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="85592"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="86572"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="44266"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="42306"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="91142"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="47310"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43832"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="85550"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="43880"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="41670"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="90543"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="48441"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="42102"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="87640"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="33996"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="53644"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="88808"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="33421"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="55387"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="84586"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="23239"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="61347"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="85022"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="23896"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="61126"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="119153"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="32291"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="86862"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="119264"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="33781"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="85483"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="147801"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="65508"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="82293"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="148706"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="66244"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="82462"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="113795"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="70647"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43148"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="116176"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="71546"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="44630"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="145320"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="55611"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="89709"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="149722"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="57753"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="91969"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="141012"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="88945"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="52067"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="146926"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="92593"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="54333"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="2846882"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1741370"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="4761865"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="2985781"/>
+  </r>
+  <r>
+    <s v="E2017"/>
+    <s v="Population 2011 to 2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1776084"/>
+  </r>
+</pivotCacheRecords>
 </file>