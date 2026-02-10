--- v1 (2025-12-26)
+++ v2 (2026-02-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e20a50cc79e4459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9f4e0e701ef4375800e352ad9fb019f.psmdcp" Id="R96e4eb6038e94abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fac8f2dbea24039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a2e57da23184f45b1fdfa1b61989db7.psmdcp" Id="R680f7c70580e4381" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>