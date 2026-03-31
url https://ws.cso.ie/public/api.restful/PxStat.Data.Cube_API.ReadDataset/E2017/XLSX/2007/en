--- v2 (2026-02-10)
+++ v3 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fac8f2dbea24039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a2e57da23184f45b1fdfa1b61989db7.psmdcp" Id="R680f7c70580e4381" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba2482e7e714296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f53cdeb22de439d9c3aae30cd487a1b.psmdcp" Id="R1d74d899fd4e439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>