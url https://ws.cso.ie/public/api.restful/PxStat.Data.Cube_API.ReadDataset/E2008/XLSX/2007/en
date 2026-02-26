--- v0 (2025-11-05)
+++ v1 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1164d6ca17e243d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f395ea2dbcfb430ab9d688e57caafb51.psmdcp" Id="R43d503b03ddf433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37d0179612d9453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b21fc081eade4cbeb27e4a074f31bf1f.psmdcp" Id="R25060d75535c4828" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E2008</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Percentage in the Aggregate Town Areas and Aggregate Rural Areas 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/30/2020 11:00:00 AM</x:t>
+    <x:t>30/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2008/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P2</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 2 - Population Distribution and Movements</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -598,475 +598,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...423 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J961" totalsRowShown="0">
   <x:autoFilter ref="A1:J961"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C03367V04052"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1337,51 +1054,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2008/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1568,51 +1285,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J961"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -32354,51 +32071,51 @@
       <x:c r="G961" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H961" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I961" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J961" s="0">
         <x:v>69.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -32415,51 +32132,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J961" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
@@ -33355,27 +33072,11548 @@
         <x:n v="80614"/>
         <x:n v="22893"/>
         <x:n v="57721"/>
         <x:n v="28.4"/>
         <x:n v="71.6"/>
         <x:n v="80170"/>
         <x:n v="22420"/>
         <x:n v="57750"/>
         <x:n v="30042"/>
         <x:n v="9190"/>
         <x:n v="20852"/>
         <x:n v="30.6"/>
         <x:n v="69.4"/>
         <x:n v="30520"/>
         <x:n v="9257"/>
         <x:n v="21263"/>
         <x:n v="30.3"/>
         <x:n v="69.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="2846882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1741370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="4761865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="2985781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1776084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="54612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="26719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="27893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="56932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="28004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="28928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="527612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="527612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="554554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="554554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="206261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="204354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="218018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="215453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="273991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="252833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="296020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="274423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21597"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="265205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="259729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="5476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="278767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="273215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="5552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="210312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="142171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="68141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="222504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="150338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="72166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="95419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="35329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="60090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="99232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="38438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="60794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="80559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="38181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="42378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="84697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="39000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="12908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="26092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="40873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="13957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="26916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="122897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="79117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="128884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="85224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="184135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="105018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="79117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="195044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="114380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="80664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="76687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="33626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="77961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="33421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="44540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="86164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="41823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="44341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="88770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="43435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="45335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="145320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="55611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="89709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="149722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="57753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="91969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="136640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="88945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="142425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="92593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="49832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="117196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="46381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="70815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="118817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="46654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="72163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="119230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="119230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="125657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="125657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="399802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="204532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="195270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="417211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="214995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="202216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="145502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="51479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="94023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="147707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="52126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="95581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="191809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="103399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="88410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="46.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="194899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="105047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="89852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="46.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="158754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="65878"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="92876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="159553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="66244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="93309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="113795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="70647"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="116176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="71546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="44630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="75529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="75529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="78668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="78668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="175124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="39546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="135578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="179390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="39913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="139477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="31798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="28484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="32044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="28622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="130638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="37895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="92743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="130507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="37276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="93231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="64065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="16662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="64544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="17300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="65393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="24334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="41059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="65535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="26097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="39438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="73183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="51149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="76176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="23258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="52918"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="161137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="44274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="116863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="159192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="43414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="115778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="60483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="17772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="42711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="61386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="17997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1389160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="883539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="2354428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1458727"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="895701"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="27431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="13246"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="14185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="51.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="28465"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="13879"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="14586"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="257303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="257303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="272270"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="272270"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="98567"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="97673"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="104584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="103356"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="134488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="123778"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="10710"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="145240"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="134393"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="10847"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="129544"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="126741"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="136277"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="133403"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="104658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="70166"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="34492"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="110546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="74035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="36511"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="47788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="17188"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="30600"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="49533"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="18711"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="30822"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="40587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21498"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="42811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="20593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22218"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="19649"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="13349"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="20587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="6925"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="13662"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="60763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="38703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="63633"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="41767"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="91910"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="51788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="40122"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="96776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="56044"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="40732"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="38430"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="16444"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21986"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="38838"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="16350"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="42783"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="20528"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22255"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="44082"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="21396"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22686"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="71909"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="26981"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="44928"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="73722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="27946"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="45776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="67542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="43313"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="24229"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="70156"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="44993"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="25163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="58298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="35778"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="58785"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22616"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="36169"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="58812"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="58812"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="61722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="61722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="198658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="99809"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="98849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="206953"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="105073"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="101880"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="72629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="24879"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47750"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="73055"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="24939"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="48116"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="95815"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="50791"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="45024"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="97340"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="51878"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="45462"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="79584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="32170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="79668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="32385"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47283"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="56464"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="34603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21861"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="57651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="35254"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22397"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="36514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="36514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="37800"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="37800"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="88244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19290"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="68954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="89863"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="70602"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="78.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="16144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="14539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="16064"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="14406"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="65420"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="18290"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47130"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="65047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="17994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47053"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="32353"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="8161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="24192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="32377"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="8445"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="23932"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="32435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="11672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="20763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="32365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="12543"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="19822"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="37013"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="10840"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="26173"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="38330"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="11364"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="26966"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="80523"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="21381"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="59142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="79022"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="20994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="58028"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="30441"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="8582"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="30866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="8740"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1457722"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="857831"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="2407437"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1527054"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="880383"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="27181"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="13473"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="13708"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="28467"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="14125"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="14342"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="270309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="270309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="282284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="282284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="107694"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="106681"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="113434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="112097"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="139503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="129055"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="150780"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="140030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="10750"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="135661"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="132988"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="142490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="139812"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="2678"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="105654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="72005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="33649"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="111958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="76303"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="35655"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="47631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="18141"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="29490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="49699"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19727"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="29972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="39972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19092"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="20880"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="41886"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="20386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21500"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="19351"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="6608"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="12743"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="20286"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="7032"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="13254"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="62134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="40414"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21720"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="65251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="43457"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21794"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="92225"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="53230"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="38995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="98268"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="58336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="39932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="38257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="17182"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21075"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="39123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="17071"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22052"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="43381"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="21295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22086"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="44688"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22039"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22649"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="73411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="28630"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="44781"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="76000"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="29807"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="46193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="69098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="45632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="23466"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="72269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="47600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="24669"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="58898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="23861"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="35037"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="60032"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="24038"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="35994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="60418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="60418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="63935"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="63935"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="201144"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="104723"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="96421"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="47.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="210258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="109922"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="100336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="72873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="26600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="46273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="74652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="27187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="47465"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="95994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="52608"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="43386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="97559"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="53169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="44390"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="79170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="33708"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="45462"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="79885"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="33859"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="46026"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="57331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="36044"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="58525"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="36292"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="22233"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="39015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="39015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="40868"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="40868"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="86880"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="20256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="66624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="89527"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="20652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="68875"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="13945"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="15980"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="14216"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="65218"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19605"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="45613"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="65460"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="19282"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="46178"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="31712"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="8501"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="23211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="32167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="8855"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="23312"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="32958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="12662"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="20296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="33170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="13554"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="19616"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="36170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="11194"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="24976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="37846"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="11894"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="25952"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="80614"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22893"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="80170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="22420"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="57750"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="30042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="9190"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="20852"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C01"/>
+    <s v="Total Population"/>
+    <s v="Number"/>
+    <n v="30520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C02"/>
+    <s v="Aggregate Town Area"/>
+    <s v="Number"/>
+    <n v="9257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C03"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="Number"/>
+    <n v="21263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C04"/>
+    <s v="Percentage of population in Aggregate Town Area"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2008C05"/>
+    <s v="Percentage of population in Aggregate Rural Area"/>
+    <s v="%"/>
+    <n v="69.7"/>
+  </r>
+</pivotCacheRecords>
 </file>