--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04446d79ff148da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a7a8256957346939ddc95a22ed4b924.psmdcp" Id="R67cfb21f6b48496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R103ad41dd0554ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e7d97e26bd543b3b6da258eb23a427d.psmdcp" Id="R2b36e0ec78c84da1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E2006</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Components of Population Change 1926 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/30/2020 11:00:00 AM</x:t>
+    <x:t>30/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2006/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P2</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 2 - Population Distribution and Movements</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -514,363 +514,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02691V03258" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intercensal Period" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J481" totalsRowShown="0">
   <x:autoFilter ref="A1:J481"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02779V03348"/>
     <x:tableColumn id="2" name="Province"/>
     <x:tableColumn id="3" name="C02691V03258"/>
     <x:tableColumn id="4" name="Intercensal Period"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1141,51 +942,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E2006/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1372,51 +1173,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J481"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="13.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="19.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="62.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -16798,51 +16599,51 @@
       <x:c r="G481" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J481" s="0">
         <x:v>-7563</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16859,51 +16660,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J481" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="B"/>
         <x:s v="C"/>
         <x:s v="D"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Province">
       <x:sharedItems count="5">
         <x:s v="State"/>
         <x:s v="Leinster"/>
         <x:s v="Munster"/>
         <x:s v="Connacht"/>
         <x:s v="Ulster (part of)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02691V03258">
       <x:sharedItems count="16">
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="08"/>
@@ -17444,27 +17245,5788 @@
         <x:n v="267264"/>
         <x:n v="13771"/>
         <x:n v="8320"/>
         <x:n v="5451"/>
         <x:n v="20550"/>
         <x:n v="15099"/>
         <x:n v="294803"/>
         <x:n v="21174"/>
         <x:n v="10042"/>
         <x:n v="11132"/>
         <x:n v="27539"/>
         <x:n v="16407"/>
         <x:n v="296754"/>
         <x:n v="19733"/>
         <x:n v="10219"/>
         <x:n v="9514"/>
         <x:n v="1951"/>
         <x:n v="-7563"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2968420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="583502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="420323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="163179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-3572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-166751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2955107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="602095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="428297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="173798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-13313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-187111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2960593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="329270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="201295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="127975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-122489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2898264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="312517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="178083"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="134434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-62329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-196763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2818341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="302816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="170736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="132080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-79923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-212003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2884002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="312709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="166443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="146266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="65661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-80605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2978248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="312796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="164644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="148152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="94246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-53906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3368217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="548413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="267378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="281035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="389969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="108934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3443405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="146224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="65991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="80233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="75188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-5045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3540643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="333457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="164336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="169121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="97238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-71883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3525719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="277546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="158300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="119246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-14924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-134170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="249455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="157389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="92066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="100368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="8302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="324147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="186912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="137235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="291116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="153881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="245156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="113842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="131314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="322645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="191331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="367191"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="141079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="226112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="348404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="122292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4761865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="345706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="147424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="198282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="173613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-24669"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1220411"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="250481"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="174879"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="75602"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="71319"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-4283"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1281117"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="277696"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="180349"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="97347"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="60706"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-36641"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1336576"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="154139"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="83878"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="70261"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="55459"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-14802"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1338942"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="152760"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="74300"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="78460"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-76094"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1332149"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="153487"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="72634"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="80853"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-6793"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-87646"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1414415"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="165121"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="72412"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="92709"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="82266"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-10443"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1498140"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="168060"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="72131"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="95929"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="83725"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-12204"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1743861"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="293758"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="119007"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="174751"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="245721"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="70970"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1790521"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="78511"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="30050"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="48461"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="46660"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-1801"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1852649"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="177152"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="74363"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="102789"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="62128"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-40661"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1860949"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="149371"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="73375"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="75996"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="8300"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-67696"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1924702"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="136702"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="74024"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="62678"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="63753"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2105579"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="182058"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="89113"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="92945"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="180877"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="87932"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2295123"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="138889"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="55130"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="83759"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="189544"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="105785"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2504814"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="208612"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="69704"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="138908"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="209691"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="70783"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2634403"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="199053"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="73879"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="125174"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="129589"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="4415"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="942272"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="184113"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="133474"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="50639"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-27630"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-78269"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="917306"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="181614"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="134881"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="46733"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-24966"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-71699"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="898870"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="98972"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="64590"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="34382"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-18436"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-52818"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="877238"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="92123"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="57082"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="35041"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-21632"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-56673"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="849203"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="88622"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="55257"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="33365"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-28035"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-61400"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="859334"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="91190"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="53893"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="37297"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="10131"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-27166"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="882002"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="90996"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="53251"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="37745"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="22668"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-15077"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="979819"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="159703"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="85528"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="74175"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="97817"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="23642"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="998315"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="41615"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="20638"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="20977"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="18496"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-2481"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1020577"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="94813"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="52140"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="42673"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="22262"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-20411"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1009533"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="77330"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="48888"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="28442"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-11044"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-39486"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1033903"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="69345"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="48455"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="20890"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="24370"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1100614"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="88590"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="56885"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="31705"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="66711"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="35006"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1173340"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="65986"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="34646"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="31340"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="72726"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="41386"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1246088"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="97177"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="42410"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="54767"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="72748"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="17981"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1280020"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="89133"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="44116"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="45017"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="33932"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-11085"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="525468"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="97656"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="70518"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="27138"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-27439"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-54577"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="492797"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="92323"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="72540"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="19783"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-32671"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-52454"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="471895"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="49442"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="34201"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="15241"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-20902"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-36143"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="446221"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="44561"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="30204"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="14357"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-25674"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-40031"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="419465"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="40569"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="27810"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="12759"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-26756"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-39515"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="401950"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="36616"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="26305"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="10311"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-17515"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-27826"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="390902"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="34678"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="25972"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="8706"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-11048"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-19754"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="418500"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="60692"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="40824"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="19868"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="27598"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="7730"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="424410"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="16518"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="10246"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-362"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="431409"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="39007"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="24807"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="14200"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="6999"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-7201"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="423031"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="32263"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="23681"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="8582"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-8378"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-16960"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="433231"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="27652"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="23099"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="464296"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="34278"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="27310"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="6968"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="31065"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="24097"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="504121"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="26510"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="15746"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="10764"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="39825"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="29061"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="542547"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="40228"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="18923"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="21305"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="38426"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="17121"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="550688"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="37787"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="19210"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="18577"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="8141"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-10436"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="280269"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="51252"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="41452"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="9800"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-19822"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="05"/>
+    <s v="1926 - 1936"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-29622"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="263887"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="50462"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="40527"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="9935"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-16382"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="06"/>
+    <s v="1936 - 1946"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-26317"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="253252"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="26717"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="18626"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="8091"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-10635"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="08"/>
+    <s v="1946 - 1951"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-18726"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="235863"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="23073"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="16497"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="6576"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-17389"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="09"/>
+    <s v="1951 - 1956"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-23965"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="217524"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="20138"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="15035"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="5103"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-18339"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="10"/>
+    <s v="1956 - 1961"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-23442"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="208303"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="19782"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="13833"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="5949"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-9221"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="12"/>
+    <s v="1961 - 1966"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-15170"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="207204"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="19062"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="13290"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="5772"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-1099"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="13"/>
+    <s v="1966 - 1971"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-6871"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="226037"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="34260"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="22019"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="12241"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="18833"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="15"/>
+    <s v="1971 - 1979"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="6592"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="230159"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="9580"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="5057"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="16"/>
+    <s v="1979 - 1981"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-401"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="236008"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="22485"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="13026"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="9459"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="5849"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="18"/>
+    <s v="1981 - 1986"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-3610"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="232206"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="18582"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="12356"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="6226"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="-3802"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="19"/>
+    <s v="1986 - 1991"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-10028"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="234251"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="15756"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="11811"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="3945"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="21"/>
+    <s v="1991 - 1996"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-1900"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="246714"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="19221"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="13604"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="5617"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="22"/>
+    <s v="1996 - 2002"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="267264"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="13771"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="8320"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="5451"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="20550"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="23"/>
+    <s v="2002 - 2006"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="15099"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="294803"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="21174"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="10042"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="11132"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="27539"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="24"/>
+    <s v="2006 - 2011"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="16407"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C01"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="296754"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C02"/>
+    <s v="Births registered since previous census"/>
+    <s v="Number"/>
+    <n v="19733"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C03"/>
+    <s v="Deaths registered since previous census"/>
+    <s v="Number"/>
+    <n v="10219"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C04"/>
+    <s v="Natural increase (births minus deaths) since previous census"/>
+    <s v="Number"/>
+    <n v="9514"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C05"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="25"/>
+    <s v="2011 - 2016"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E2006C06"/>
+    <s v="Estimated net migration (inward less outward) since previous census"/>
+    <s v="Number"/>
+    <n v="-7563"/>
+  </r>
+</pivotCacheRecords>
 </file>