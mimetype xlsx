--- v1 (2025-12-25)
+++ v2 (2026-02-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R103ad41dd0554ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e7d97e26bd543b3b6da258eb23a427d.psmdcp" Id="R2b36e0ec78c84da1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6db69edb26d94de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a135963ca04c4cf4a7c77ff776ae2ff1.psmdcp" Id="Rfc0b5620f40a445b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>