--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bfe1ebc33eb4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/241188c4d0ec4da4a46b726ae868ccc4.psmdcp" Id="R458f1997be0a4461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc516ec405e444e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/060c5c950a0043f48f919b50363cd19e.psmdcp" Id="R45939d1026fc4a55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>