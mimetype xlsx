--- v1 (2025-11-26)
+++ v2 (2026-01-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc516ec405e444e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/060c5c950a0043f48f919b50363cd19e.psmdcp" Id="R45939d1026fc4a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74415ab4762540e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9210af9fea9400489b6c4816acc36ca.psmdcp" Id="R71e14a9a19a44e12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1080</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1080/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -607,499 +607,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03408V04103" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Room" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J641" totalsRowShown="0">
   <x:autoFilter ref="A1:J641"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03367V04052"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="C03408V04103"/>
     <x:tableColumn id="6" name="Persons per Room"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1370,51 +1069,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1080/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1601,51 +1300,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J641"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -22147,51 +21846,51 @@
       <x:c r="G641" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J641" s="0">
         <x:v>1162</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22208,51 +21907,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J641" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1080"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
         <x:s v="KK"/>
         <x:s v="LS"/>
         <x:s v="LD"/>
         <x:s v="LH"/>
@@ -22919,27 +22618,7708 @@
         <x:n v="1962"/>
         <x:n v="3230"/>
         <x:n v="21176"/>
         <x:n v="21612"/>
         <x:n v="10238"/>
         <x:n v="10054"/>
         <x:n v="8176"/>
         <x:n v="8061"/>
         <x:n v="1241"/>
         <x:n v="1386"/>
         <x:n v="431"/>
         <x:n v="200"/>
         <x:n v="222"/>
         <x:n v="99"/>
         <x:n v="127"/>
         <x:n v="11"/>
         <x:n v="750"/>
         <x:n v="1162"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="743244"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="729012"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646225"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="644438"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119614"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135149"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36607"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45545"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20819"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26489"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12749"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17572"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3310"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94053"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19365"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20465"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8853"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9154"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7538"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7632"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211591"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71642"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66495"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81949"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78564"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28266"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29759"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6145"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4240"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5233"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10904"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17592"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75786"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78568"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35880"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35022"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30063"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30526"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6033"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96607"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35415"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33258"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39529"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39439"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7924"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9492"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3987"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5222"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89877"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92393"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35255"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33272"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36913"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36246"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7538"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8841"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5119"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70504"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73348"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29717"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28810"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29855"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30975"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4880"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5728"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34743"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16408"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16457"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13158"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13441"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28997"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12763"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12740"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11006"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11094"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14410"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15092"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7303"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7362"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5023"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45363"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20417"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19692"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16756"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16860"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2825"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61922"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63861"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27308"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26172"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26021"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26496"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4570"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27184"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11803"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11739"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10616"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10492"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31685"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14556"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14286"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11613"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54006"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25894"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26106"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20144"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20158"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47579"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49005"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20924"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20572"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20209"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20012"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3782"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43348"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21309"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21206"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15761"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15632"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49370"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20840"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20548"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18007"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18115"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4077"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140445"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146052"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68094"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67913"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56197"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57630"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7233"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8626"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4998"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6580"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54288"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26145"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26416"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19693"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19377"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3310"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69421"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71022"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32999"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32247"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26231"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26295"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4126"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58275"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59071"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28585"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28668"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21963"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21554"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43455"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20945"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20944"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15952"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15638"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28827"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11593"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11311"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10807"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10865"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60644"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62729"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30396"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30440"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23277"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23667"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12404"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6608"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6588"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48745"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24956"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25219"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17106"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16820"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23962"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12681"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12667"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8257"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8164"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24428"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24761"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12674"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12790"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8648"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26806"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12749"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12792"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9542"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9841"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58305"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28294"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28072"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21972"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21310"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3230"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21176"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21612"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10238"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="001"/>
+    <s v="Less than 0.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10054"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8176"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="002"/>
+    <s v="Greater than 0.5 but less than 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8061"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="003"/>
+    <s v="Exactly 1 person per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="004"/>
+    <s v="Greater than 1 but less than 1.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="005"/>
+    <s v="Greater than 1.5 but less than 2 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="006"/>
+    <s v="Greater than 2 but less than 2.5 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="007"/>
+    <s v="Greater than 2.5 but less than 3 persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="008"/>
+    <s v="3 or more persons per room"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="E1080"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+</pivotCacheRecords>
 </file>