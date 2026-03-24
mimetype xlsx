--- v2 (2026-01-26)
+++ v3 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74415ab4762540e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9210af9fea9400489b6c4816acc36ca.psmdcp" Id="R71e14a9a19a44e12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d72f7636e204642" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61c8e5df64d847039a31108092c6aecc.psmdcp" Id="Rb058c3e799d6458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>