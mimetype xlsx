--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e24b2ecc6444b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/928f89ce710541a69831bb989636316b.psmdcp" Id="Rc64374d7c20a4a8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92032fec2f164502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dcd8acc3a9b54ebd8631f0bb1101bd3d.psmdcp" Id="Rd657480bcb124c26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1079</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Rented Private Households in Permanent Housing Units by Average Weekly Rent 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1079/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,339 +490,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J705" totalsRowShown="0">
   <x:autoFilter ref="A1:J705"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02708V03276"/>
     <x:tableColumn id="2" name="Social Class"/>
     <x:tableColumn id="3" name="C02699V03267"/>
     <x:tableColumn id="4" name="Nature of Occupancy"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1093,51 +912,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1079/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1324,51 +1143,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J705"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -23918,51 +23737,51 @@
       <x:c r="G705" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I705" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J705" s="0">
         <x:v>70.41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23979,51 +23798,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J705" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
       <x:sharedItems count="8">
         <x:s v="All social classes"/>
         <x:s v="Professional workers"/>
         <x:s v="Managerial and technical"/>
         <x:s v="Non-manual"/>
         <x:s v="Skilled manual"/>
         <x:s v="Semi-skilled"/>
         <x:s v="Unskilled"/>
         <x:s v="All other gainfully occupied and unknown"/>
       </x:sharedItems>
@@ -24724,27 +24543,8476 @@
         <x:n v="55.23"/>
         <x:n v="6160"/>
         <x:n v="689"/>
         <x:n v="2425"/>
         <x:n v="1906"/>
         <x:n v="394"/>
         <x:n v="82"/>
         <x:n v="395"/>
         <x:n v="62.76"/>
         <x:n v="6366"/>
         <x:n v="408"/>
         <x:n v="2624"/>
         <x:n v="2059"/>
         <x:n v="402"/>
         <x:n v="149"/>
         <x:n v="133"/>
         <x:n v="435"/>
         <x:n v="70.41"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="449352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="63571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="84047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="94187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="84505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="49431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="23370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="18874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="15095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="135.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="469671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="61637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="89348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="89962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="70064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="43225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="35328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="50535"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="18766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="155.89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="305377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="8147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="31205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="83144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="80567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="48038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="22728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="18485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="9681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="171.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="309728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="29280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="74208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="64344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="40801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="33601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="48933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="11477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="199.92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="11568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="50852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="46915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="9880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="4737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="59.01"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="143178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="8245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="51253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="53141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="14308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="5093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="14942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="71.56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="16765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="6927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="81.79"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="21843"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="213.86"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="27366"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="8215"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="247.89"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="20627"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="5360"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="220.78"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="25532"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="4884"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="3972"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="8097"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="256.51"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="89.21"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="121.68"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="107.48"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="143.92"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="76055"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="3423"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="8474"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="15039"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="18968"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="13270"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="7647"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="181.53"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="93721"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="9655"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="15757"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="17539"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="12703"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="11769"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="19793"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="212.53"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="66043"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="13720"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="18409"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="13038"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="7514"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="6768"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="197.22"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="80474"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="13742"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="16638"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="12231"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="11382"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="19373"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="231.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="8511"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="74.95"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="11278"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="94.13"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="89.17"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="108.74"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="63486"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="12092"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="14425"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="14326"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="144.03"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="69249"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="6003"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="13433"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="14393"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="12020"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="7427"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="7000"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="162.55"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="46046"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="12721"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="13757"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="7782"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="172.54"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="48514"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="11853"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="11213"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="5671"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="6789"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="198.57"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="15382"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7060"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="66.35"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="18342"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="8370"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="76.49"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="79.43"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="84.15"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="66389"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="7757"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="14938"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="18020"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="12964"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="123.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="68698"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="15904"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="17051"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="11190"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="137.62"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="45304"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="5701"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="15938"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="12311"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="150.67"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="44626"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="5416"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="13880"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="10110"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="5233"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="3936"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="170.88"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="19139"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="6151"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="8319"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="21790"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="9429"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="74.95"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="70.86"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="83.61"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="61291"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="7568"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="14083"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="15564"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="12441"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="5361"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="123.06"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="65018"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="7703"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="15750"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="15729"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="10503"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="5222"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="133.21"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="40116"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4890"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="13416"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="11696"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="153.12"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="40220"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4826"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="12601"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="9457"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="169.93"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="19194"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="6181"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="8270"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="64.69"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="22468"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="6531"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="9744"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="72.79"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="76.07"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="80.56"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="26198"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="4964"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7025"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="103.13"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="26995"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="4956"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7669"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="5518"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="112.91"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="13710"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="4693"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="13076"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="163.05"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="11455"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="59.05"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="12839"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="64.95"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="71.03"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="134090"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="8649"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="33457"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="26100"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="22048"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="16551"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="10892"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4776"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="4317"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="7300"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="110.53"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="118624"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="5536"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="32031"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="25519"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="18121"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="10459"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="6563"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="7918"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="7730"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="116.76"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="73531"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="4037"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="9250"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="19471"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="15537"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="10471"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="4453"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="160.04"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="57286"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="7963"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="14883"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="9193"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="6035"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="7454"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="4164"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="181.98"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="54399"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="6329"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="26995"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="14944"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="54972"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="26788"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="15497"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="55.23"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6160"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="62.76"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6366"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C02"/>
+    <s v="Under 25"/>
+    <s v="Euro"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Euro"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Euro"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Euro"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Euro"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Euro"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Euro"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C09"/>
+    <s v="300 and over"/>
+    <s v="Euro"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C10"/>
+    <s v="Not stated"/>
+    <s v="Euro"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1079C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="70.41"/>
+  </r>
+</pivotCacheRecords>
 </file>