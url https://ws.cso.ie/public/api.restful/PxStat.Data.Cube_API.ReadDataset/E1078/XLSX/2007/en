--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4d2e2f7d0b4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/639eb8feafb44956817a16ae3243bd41.psmdcp" Id="Rfa9d671a720b47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e2d66cad3274889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9697e739447f47b1812df7e5cfede076.psmdcp" Id="R1f910b63a66341ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1078</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1078/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -526,395 +526,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J337" totalsRowShown="0">
   <x:autoFilter ref="A1:J337"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality of Reference Person"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1185,51 +962,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1078/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1416,51 +1193,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12234,51 +12011,51 @@
       <x:c r="G337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J337" s="0">
         <x:v>21870</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12295,51 +12072,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1078"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -12724,27 +12501,4060 @@
         <x:n v="917"/>
         <x:n v="368"/>
         <x:n v="220"/>
         <x:n v="153"/>
         <x:n v="160"/>
         <x:n v="531"/>
         <x:n v="457"/>
         <x:n v="3607"/>
         <x:n v="1578"/>
         <x:n v="219"/>
         <x:n v="106"/>
         <x:n v="825"/>
         <x:n v="40"/>
         <x:n v="46"/>
         <x:n v="93"/>
         <x:n v="83"/>
         <x:n v="27781"/>
         <x:n v="21870"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421621"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1467422"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50506"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48453"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4957"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4939"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6991"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7120"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13269"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42724"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45268"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5960"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15840"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7882"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16593"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19479"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23545"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26878"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5411"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15664"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11722"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641069"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="656879"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25973"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24782"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6043"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6595"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3889"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="715133"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394054"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="411358"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11918"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4821"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5231"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13691"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15075"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4765"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5415"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6323"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471948"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248926"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252133"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6663"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6456"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7504"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4339"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284569"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99840"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111708"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4194"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11480"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13119"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4808"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6557"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5141"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5544"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149921"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172096"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17255"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17722"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27666"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28783"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17589"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15866"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="E1078"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+</pivotCacheRecords>
 </file>