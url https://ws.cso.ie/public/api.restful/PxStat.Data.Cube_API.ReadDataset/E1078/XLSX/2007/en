--- v1 (2025-12-20)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e2d66cad3274889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9697e739447f47b1812df7e5cfede076.psmdcp" Id="R1f910b63a66341ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc776c1806b43e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ad5e9085120407c9964fb9c18f2c95d.psmdcp" Id="Rb73f53bf9d684717" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>