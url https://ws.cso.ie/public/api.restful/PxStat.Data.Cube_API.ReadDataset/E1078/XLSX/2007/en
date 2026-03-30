--- v2 (2026-02-11)
+++ v3 (2026-03-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc776c1806b43e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ad5e9085120407c9964fb9c18f2c95d.psmdcp" Id="Rb73f53bf9d684717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a550f27d99b4dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/032de2a5b7fc49c1a8c19e67730b357a.psmdcp" Id="Rac7d2edb6ca8463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>