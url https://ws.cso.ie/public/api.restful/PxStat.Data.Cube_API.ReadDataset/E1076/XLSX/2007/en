--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f533dc88544b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd1d2bc35fd7443ab2ed2694c277549c.psmdcp" Id="Rec8f0ace19884cc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec9a473b7c742fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc032cde802f4230aff164ccf897c5d7.psmdcp" Id="R31510fdb301643de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1076</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1076/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -541,427 +541,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02733V03301" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Water Supply" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L883" totalsRowShown="0">
   <x:autoFilter ref="A1:L883"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality of Reference Person"/>
     <x:tableColumn id="7" name="C02733V03301"/>
     <x:tableColumn id="8" name="Type of Water Supply"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1234,51 +993,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1076/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1465,51 +1224,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L883"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="22.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -35055,51 +34814,51 @@
       <x:c r="I883" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J883" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K883" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L883" s="0">
         <x:v>17957</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35116,51 +34875,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L883" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1076"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -35842,27 +35601,12376 @@
         <x:n v="457"/>
         <x:n v="124"/>
         <x:n v="198"/>
         <x:n v="273"/>
         <x:n v="599335"/>
         <x:n v="616828"/>
         <x:n v="282175"/>
         <x:n v="305325"/>
         <x:n v="99634"/>
         <x:n v="84295"/>
         <x:n v="43776"/>
         <x:n v="39111"/>
         <x:n v="157832"/>
         <x:n v="168229"/>
         <x:n v="1845"/>
         <x:n v="1911"/>
         <x:n v="14073"/>
         <x:n v="17957"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421621"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1467422"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070299"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1130368"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127546"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92997"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41807"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37324"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150025"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159963"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30146"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44895"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50506"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48453"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35328"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34820"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3620"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6571"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4957"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4939"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4088"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6991"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7120"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5748"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5905"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13269"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10301"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11036"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42724"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45268"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37250"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38403"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3112"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3835"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5960"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9400"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7654"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15840"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7882"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11862"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5909"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4659"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2880"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16593"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19479"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13777"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15931"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23545"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26878"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15598"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16581"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4291"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6893"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5411"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4462"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15664"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11722"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12119"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8747"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247185"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1306678"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144428"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106278"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45774"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40952"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161532"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171926"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48409"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69550"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870689"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="899577"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812056"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="850308"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35111"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14469"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3196"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30162"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25801"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24561"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24123"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23122"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3535"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4074"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3347"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6189"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6265"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11019"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11604"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9343"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9965"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38585"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40398"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34443"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35202"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5711"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8917"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7330"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14775"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7366"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11262"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5617"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5663"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4341"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2772"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14116"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16621"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12493"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14409"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16965"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19604"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12802"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13383"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14870"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11146"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8352"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1080837"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965010"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1001353"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44794"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21983"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34336"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51593"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550932"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="567845"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258243"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="280060"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92435"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78528"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40436"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36074"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146841"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156767"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14733"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24705"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23892"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11205"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11698"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6594"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6488"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4139"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4870"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6580"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7274"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616828"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282175"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="305325"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99634"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84295"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43776"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39111"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157832"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168229"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14073"/>
+  </r>
+  <r>
+    <s v="E1076"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17957"/>
+  </r>
+</pivotCacheRecords>
 </file>