--- v1 (2026-01-07)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec9a473b7c742fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc032cde802f4230aff164ccf897c5d7.psmdcp" Id="R31510fdb301643de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca0fe535dd314841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c87885a4f5f5498abdb9cff3588c1733.psmdcp" Id="R0d303bb6588447e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>