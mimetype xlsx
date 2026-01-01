--- v0 (2025-11-12)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88765a8d29ce4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d66ea2f364ab4e2e8211926f65b013de.psmdcp" Id="R7cfa42f90e214e36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab17deda6c94073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65070610fbbf4c42809869e113116434.psmdcp" Id="Rb55f819859264e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1071</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Housing Stock and Vacancy Rate 1991 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2020 11:00:00 AM</x:t>
+    <x:t>30/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1071/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -574,451 +574,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H577" totalsRowShown="0">
   <x:autoFilter ref="A1:H577"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C03367V04052"/>
     <x:tableColumn id="2" name="County and City"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1287,51 +1016,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1071/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1518,51 +1247,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H577"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -16552,51 +16281,51 @@
       <x:c r="E577" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H577" s="0">
         <x:v>12.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16613,51 +16342,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H577" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
         <x:s v="KK"/>
         <x:s v="LS"/>
         <x:s v="LD"/>
         <x:s v="LH"/>
         <x:s v="MH"/>
         <x:s v="OY"/>
         <x:s v="WH"/>
         <x:s v="WX"/>
         <x:s v="WW"/>
         <x:s v="CE"/>
         <x:s v="CC"/>
         <x:s v="CK"/>
         <x:s v="KY"/>
         <x:s v="LK"/>
@@ -17246,27 +16975,5788 @@
         <x:n v="23996"/>
         <x:n v="28.6"/>
         <x:n v="83931"/>
         <x:n v="22992"/>
         <x:n v="27.4"/>
         <x:n v="16393"/>
         <x:n v="1514"/>
         <x:n v="17009"/>
         <x:n v="1507"/>
         <x:n v="18411"/>
         <x:n v="1498"/>
         <x:n v="21658"/>
         <x:n v="2762"/>
         <x:n v="25056"/>
         <x:n v="3398"/>
         <x:n v="13.6"/>
         <x:n v="25311"/>
         <x:n v="3126"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="1160249"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="105142"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="1258948"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="105250"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="1460053"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="143418"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="1769613"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="266322"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="1994845"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="289451"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="2003645"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="245460"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="12342"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="13422"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="16421"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="20135"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="23165"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="23274"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="175933"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="9670"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="189741"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="10759"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="199463"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="12002"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="223098"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="26092"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="241678"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="24638"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="240553"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="19446"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="60448"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="65504"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="69444"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="77508"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6928"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="85896"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6616"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="86962"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="43348"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="50626"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="65432"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="89909"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7878"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="102793"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7204"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="104851"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5233"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="57182"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="64223"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="76666"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="87484"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5407"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="97298"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5249"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="98387"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="35580"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="41477"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="54589"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="68840"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6838"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="78794"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6311"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="80158"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="22763"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="24365"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="27811"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="34353"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="39005"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="39226"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3546"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="16080"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="17323"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="20561"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="27079"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4240"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="32664"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="32794"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="10606"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="10770"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="12060"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="15868"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3523"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="18823"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="18591"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="28391"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="34635"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="37441"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="45488"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="51186"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6232"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="51399"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4713"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="31582"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="30729"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="44972"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="61257"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6485"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="69697"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="70649"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="17927"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="19182"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="22071"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="27591"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="30750"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3620"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="30740"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="19978"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="21530"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="26484"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="32817"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5015"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="36659"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="36890"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4009"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="33095"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3708"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="35650"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="45334"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7578"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="58970"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="12692"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="68143"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="14329"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="68206"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="12547"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="31709"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="34871"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="40214"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2905"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="49088"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5577"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="54351"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5377"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="54986"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="31606"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4630"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="34389"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4390"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="41513"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6676"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="48834"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="9811"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="55616"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="11782"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="55779"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="10925"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="42447"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="45170"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="46801"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="51441"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6195"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="55633"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="55760"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4362"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="93957"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="11350"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="102325"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="11564"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="121983"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="14694"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="150659"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="24794"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="172042"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="27161"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="173735"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="22847"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="44571"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7716"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="48435"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="8365"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="54331"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="10024"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="65913"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="16366"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="74747"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="19719"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="74094"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="17747"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="52011"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4248"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="56111"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4415"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="63950"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5186"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="75742"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="82156"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="10114"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="82112"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="8184"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="43182"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="45665"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="51927"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="61509"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="68974"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="9344"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="69106"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="8502"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="30168"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="33300"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="39259"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4480"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="47541"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7999"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="52364"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="8597"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="52491"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7336"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="16210"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="19028"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="23792"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="30589"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="33655"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="33847"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="42589"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="45351"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="54103"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7998"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="67737"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="13583"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="77522"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="15066"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="78207"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="13440"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="10228"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="10513"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="11858"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="15282"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="18128"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5526"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="18051"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="39394"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6078"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="41840"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6617"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="49194"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="9053"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="58717"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="14298"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="65792"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="16230"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="65921"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="15452"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="18555"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="19173"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="21944"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="26979"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5889"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="31585"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7332"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="31285"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="19377"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="20609"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="23464"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3246"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="28751"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6648"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="33044"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7328"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="32764"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="6571"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="18111"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="18591"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="21165"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="28250"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5997"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="33711"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="33585"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="44486"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7245"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="47391"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="7373"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="57395"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="12038"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="70526"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="19043"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="83918"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="23996"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="83931"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="22992"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="16393"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="17009"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="18411"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="21658"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="25056"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C01"/>
+    <s v="Total housing stock"/>
+    <s v="Number"/>
+    <n v="25311"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C02"/>
+    <s v="Vacant"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1071C03"/>
+    <s v="Vacancy rate"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+</pivotCacheRecords>
 </file>