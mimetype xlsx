--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab17deda6c94073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65070610fbbf4c42809869e113116434.psmdcp" Id="Rb55f819859264e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2323b159bd8449fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3e70717800b431da6a1c9e8fc13f649.psmdcp" Id="Rdc5e4a7a305540e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>