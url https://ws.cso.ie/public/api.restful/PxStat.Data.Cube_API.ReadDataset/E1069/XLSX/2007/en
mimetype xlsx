--- v0 (2025-11-05)
+++ v1 (2026-02-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e364f13d2e46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d56801ecb7434138acbc05a2a70fe2df.psmdcp" Id="R90026fd25cfc4d17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0981bc84864946d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8156e645d8394559bf87d5aac3136c6b.psmdcp" Id="Rfb1b9334bca64e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1069</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Permanent Housing Units by Occupancy Status and Vacancy Rate 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2020 11:00:00 AM</x:t>
+    <x:t>30/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1069/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,315 +484,146 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H225" totalsRowShown="0">
   <x:autoFilter ref="A1:H225"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02800V03468"/>
     <x:tableColumn id="2" name="Aggregate Town Size"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1061,51 +892,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1069/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1292,51 +1123,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H225"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="60.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -7174,51 +7005,51 @@
       <x:c r="E225" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H225" s="0">
         <x:v>17.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7235,51 +7066,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H225" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02800V03468">
       <x:sharedItems count="14">
         <x:s v="-"/>
         <x:s v="100100"/>
         <x:s v="100300"/>
         <x:s v="100400"/>
         <x:s v="100500"/>
         <x:s v="100600"/>
         <x:s v="100700"/>
         <x:s v="104700"/>
         <x:s v="111950"/>
         <x:s v="112050"/>
         <x:s v="120400"/>
         <x:s v="120500"/>
         <x:s v="120600"/>
         <x:s v="120700"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town Size">
       <x:sharedItems count="14">
         <x:s v="State"/>
         <x:s v="Dublin City and suburbs"/>
         <x:s v="Cork City and suburbs"/>
@@ -7548,27 +7379,2268 @@
         <x:n v="6163"/>
         <x:n v="23"/>
         <x:n v="597909"/>
         <x:n v="474851"/>
         <x:n v="2632"/>
         <x:n v="8905"/>
         <x:n v="71005"/>
         <x:n v="2406"/>
         <x:n v="38110"/>
         <x:n v="18.7"/>
         <x:n v="606317"/>
         <x:n v="487588"/>
         <x:n v="2766"/>
         <x:n v="11327"/>
         <x:n v="64017"/>
         <x:n v="1914"/>
         <x:n v="38705"/>
         <x:n v="17.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="1994845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="10703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="45283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="168427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="61629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="59395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="2003645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="9788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="50732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="140120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="43192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="62148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="466425"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="411460"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="13038"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="14978"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="23569"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="468372"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="422182"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="14250"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="13129"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="15059"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="85619"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="73968"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="86213"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="77317"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3823"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="40271"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="34147"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="40085"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="35184"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="34090"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="28088"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="34297"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="29242"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="24421"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="19939"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="24522"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="20795"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="309002"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="264832"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="7888"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="21279"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="11653"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="315646"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="277798"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="9102"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="16992"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="8483"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="129730"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="109217"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="11006"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="5115"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="122245"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="106014"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="7653"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="54104"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="44634"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="5272"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="101969"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="84854"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="8381"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="111950"/>
+    <s v="Towns 2,000 - 4,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="85077"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="63788"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="10726"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="35429"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="27451"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="112050"/>
+    <s v="Towns 1,500 - 1,999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="46983"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="34907"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="46268"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="36108"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="60977"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="46099"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="8209"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="62785"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="48850"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="6435"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="60237"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="43478"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="8828"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="59497"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="44282"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="6782"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="6163"/>
+  </r>
+  <r>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="597909"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="474851"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="8905"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="71005"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="38110"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C01"/>
+    <s v="Total housing stock ( A+B+C+D+E+F )"/>
+    <s v="Number"/>
+    <n v="606317"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C02"/>
+    <s v="A   Occupied by usual resident(s) of the household"/>
+    <s v="Number"/>
+    <n v="487588"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C03"/>
+    <s v="B   Occupied by visitors only"/>
+    <s v="Number"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C04"/>
+    <s v="C   Unoccupied - residents temporarily absent"/>
+    <s v="Number"/>
+    <n v="11327"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C05"/>
+    <s v="D   Unoccupied - vacant house"/>
+    <s v="Number"/>
+    <n v="64017"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C06"/>
+    <s v="E   Unoccupied - vacant flat"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C07"/>
+    <s v="F   Unoccupied - vacant holiday home"/>
+    <s v="Number"/>
+    <n v="38705"/>
+  </r>
+  <r>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1069C08"/>
+    <s v="Vacancy rate { (D+E+F) / Total housing stock }"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+</pivotCacheRecords>
 </file>