--- v0 (2025-11-12)
+++ v1 (2026-03-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf63ed3ae1e0a420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d34af6debc9a4af6a379fe7d2cf32eec.psmdcp" Id="R520065b21ce14640" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57aac555c8e64bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57c02fed965949309d6cdd297682581f.psmdcp" Id="Rdc897e6e2c474a3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1065</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of One Off Housing in Rural Areas 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2020 11:00:00 AM</x:t>
+    <x:t>30/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1065/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,467 +586,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02684V03251" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Central Heating" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J769" totalsRowShown="0">
   <x:autoFilter ref="A1:J769"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C03367V04052"/>
     <x:tableColumn id="2" name="County and City"/>
     <x:tableColumn id="3" name="C02684V03251"/>
     <x:tableColumn id="4" name="Central Heating"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1317,51 +1040,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1065/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1548,51 +1271,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J769"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="28.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26190,51 +25913,51 @@
       <x:c r="G769" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H769" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I769" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J769" s="0">
         <x:v>23.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26251,51 +25974,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J769" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
         <x:s v="KK"/>
         <x:s v="LS"/>
         <x:s v="LD"/>
         <x:s v="LH"/>
         <x:s v="MH"/>
         <x:s v="OY"/>
         <x:s v="WH"/>
         <x:s v="WX"/>
         <x:s v="WW"/>
         <x:s v="CE"/>
         <x:s v="CC"/>
         <x:s v="CK"/>
         <x:s v="KY"/>
         <x:s v="LK"/>
@@ -26972,27 +26695,9244 @@
         <x:n v="76.6"/>
         <x:n v="14568"/>
         <x:n v="11040"/>
         <x:n v="13983"/>
         <x:n v="10755"/>
         <x:n v="76.9"/>
         <x:n v="14244"/>
         <x:n v="10899"/>
         <x:n v="76.5"/>
         <x:n v="169"/>
         <x:n v="117"/>
         <x:n v="121"/>
         <x:n v="94"/>
         <x:n v="77.7"/>
         <x:n v="81"/>
         <x:n v="32"/>
         <x:n v="39.5"/>
         <x:n v="203"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="433564"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="616828"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="442669"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="581331"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="423778"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="598336"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="434581"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="8289"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9395"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6377"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9097"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9354"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6435"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9873"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6650"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9053"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9608"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6538"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="6228"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="6030"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="5872"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="21872"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="14161"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="22915"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="14704"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="21277"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13931"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="22316"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="14497"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="20333"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13994"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="20760"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="14316"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="19788"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13701"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="20228"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="14060"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14180"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10172"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14716"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10442"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="13818"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9994"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14343"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9483"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9858"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9227"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6723"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="9594"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6915"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14443"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9748"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14332"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10084"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14175"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9635"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="13945"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="26360"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="19529"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="26684"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="20007"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="25703"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="19182"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="25991"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="19709"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14319"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10014"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="15077"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10325"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14003"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9875"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14736"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10191"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="15050"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10947"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="15564"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="11130"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14647"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10748"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="15201"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10968"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="30765"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="23312"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="31822"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="23881"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="29756"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="22681"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="30824"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="23380"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="16069"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10054"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="16810"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10510"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="15459"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9793"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="16147"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10257"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="24935"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="17234"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="25657"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="17728"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="23986"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="16791"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="24816"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="17404"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="66998"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="48397"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="69434"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="49863"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="64071"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="46607"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="66566"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="48401"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="33940"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="25506"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="34878"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="25844"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="32811"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="24833"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="33736"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="25333"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="30744"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="22153"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="31674"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="22319"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="29771"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="21602"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="30721"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="21853"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="32337"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="24206"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="33024"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="24553"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="31236"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="23551"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="31949"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="24017"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="15005"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10217"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="15775"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10634"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14445"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9903"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="15201"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10375"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="45817"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="38196"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="47806"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="39157"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="44662"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="37464"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="46572"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="38562"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="10913"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6676"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="11066"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6483"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="10574"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6513"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="10709"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="6353"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="33497"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="25136"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="34461"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="25300"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="32625"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="24639"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="33576"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="24927"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="17142"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13502"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="17363"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13415"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="16745"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13259"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="79.2"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="16961"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13222"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10119"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14526"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10257"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14425"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="9923"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14139"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10090"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="17538"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13133"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="18220"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13455"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="17089"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="12912"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="17811"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="13277"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="40796"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="28312"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="41544"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="28815"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="39952"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="27914"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="40319"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="28440"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14233"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10904"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14568"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="11040"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="13983"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10755"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="14244"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="10899"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C01"/>
+    <s v="Total permanent housing units"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C02"/>
+    <s v="One-off houses"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1065C03"/>
+    <s v="Percentage of one - off houses"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+</pivotCacheRecords>
 </file>