--- v0 (2025-11-13)
+++ v1 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ea90ec14f04e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64d1f5a17d83452ea0a45fc1559f9be3.psmdcp" Id="R9459f0e8e62b41bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3fe245ac14b453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bee119803f3f42eb82f64ea10bb4a2f2.psmdcp" Id="R25b6c93892dc472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1057</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2020 11:00:00 AM</x:t>
+    <x:t>30/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1057/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,331 +478,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02703V03271" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Computer and Internet Access" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J209" totalsRowShown="0">
   <x:autoFilter ref="A1:J209"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group of Reference Person"/>
     <x:tableColumn id="5" name="C02703V03271"/>
     <x:tableColumn id="6" name="Computer and Internet Access"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1073,51 +898,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1057/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1304,51 +1129,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J209"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -8026,51 +7851,51 @@
       <x:c r="G209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J209" s="0">
         <x:v>5183</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8087,51 +7912,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J209" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1057"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="13">
         <x:s v="-"/>
         <x:s v="405"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
@@ -8392,27 +8217,2524 @@
         <x:n v="4909"/>
         <x:n v="5615"/>
         <x:n v="135572"/>
         <x:n v="156086"/>
         <x:n v="28969"/>
         <x:n v="47838"/>
         <x:n v="102310"/>
         <x:n v="102461"/>
         <x:n v="4293"/>
         <x:n v="5787"/>
         <x:n v="24111"/>
         <x:n v="50644"/>
         <x:n v="3418"/>
         <x:n v="5339"/>
         <x:n v="103149"/>
         <x:n v="94920"/>
         <x:n v="4894"/>
         <x:n v="5183"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199298"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1160603"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414597"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="478487"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35513"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58575"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051942"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1200067"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132973"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131676"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426096"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="312982"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38397"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52940"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55124"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38789"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34676"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19503"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18001"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16032"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32814"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26277"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13908"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5488"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3034"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127425"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88174"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99947"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51416"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24097"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30677"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3381"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6081"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87885"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64772"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14179"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7852"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21785"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9756"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184390"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156778"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155682"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107814"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24756"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42664"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3952"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135489"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122964"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19477"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14036"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25139"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13983"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5795"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185442"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192724"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160272"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144974"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21741"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40535"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7215"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139772"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153447"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17921"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17272"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23969"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15221"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6784"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175371"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188239"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151711"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149687"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20510"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33074"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132808"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150563"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15956"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16736"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23155"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15907"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165241"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177717"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140359"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143028"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22309"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29427"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5262"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124487"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140327"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13548"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15423"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24424"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17136"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153723"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167187"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125043"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131683"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26011"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31210"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4294"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110983"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129528"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11852"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13733"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28098"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20114"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3812"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139431"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153996"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105278"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115384"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31542"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34159"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4453"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93296"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113590"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10057"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12079"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33387"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24516"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126758"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138539"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85492"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97046"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38582"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37617"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74860"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95720"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8512"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10273"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40603"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29298"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336503"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="395522"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140838"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="200068"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187048"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183092"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8617"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12362"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119548"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="202879"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15524"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20282"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191628"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="161563"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9803"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10798"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200931"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="239436"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111869"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152230"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84738"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80631"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95437"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152235"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12106"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14943"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88479"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66643"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5615"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135572"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156086"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28969"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47838"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102310"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102461"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5787"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24111"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50644"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="05"/>
+    <s v="Yes, other than broadband internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5339"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103149"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94920"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="E1057"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5183"/>
+  </r>
+</pivotCacheRecords>
 </file>