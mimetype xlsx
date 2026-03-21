--- v1 (2026-01-29)
+++ v2 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3fe245ac14b453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bee119803f3f42eb82f64ea10bb4a2f2.psmdcp" Id="R25b6c93892dc472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re225034e56684613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16e25a2a6c1e4967b56892bc3d131f15.psmdcp" Id="R97a5a51926a74e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>