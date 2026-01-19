--- v0 (2025-11-12)
+++ v1 (2026-01-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2234c877724b41df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf9142401c404a5eae4962f0fa88c90a.psmdcp" Id="R50399fc21adb4786" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde51d7e6761e4fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84518451377d450d86cfcabf31bf2031.psmdcp" Id="R19a58c6d3e4448b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1056</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2020 11:00:00 AM</x:t>
+    <x:t>30/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1056/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,355 +496,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02830V03404" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Central Heating" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J287" totalsRowShown="0">
   <x:autoFilter ref="A1:J287"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group of Reference Person"/>
     <x:tableColumn id="5" name="C02830V03404"/>
     <x:tableColumn id="6" name="Type of Central Heating"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1115,51 +922,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1056/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1346,51 +1153,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J287"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10564,51 +10371,51 @@
       <x:c r="G287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J287" s="0">
         <x:v>2764</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10625,51 +10432,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J287" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1056"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="13">
         <x:s v="-"/>
         <x:s v="405"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
@@ -11010,27 +10817,3460 @@
         <x:n v="60865"/>
         <x:n v="70824"/>
         <x:n v="34124"/>
         <x:n v="40998"/>
         <x:n v="11971"/>
         <x:n v="11894"/>
         <x:n v="8978"/>
         <x:n v="10139"/>
         <x:n v="9434"/>
         <x:n v="10759"/>
         <x:n v="859"/>
         <x:n v="988"/>
         <x:n v="1558"/>
         <x:n v="2709"/>
         <x:n v="420"/>
         <x:n v="595"/>
         <x:n v="1766"/>
         <x:n v="2764"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26952"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23174"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711330"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="686004"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550215"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="569166"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140419"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146302"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79145"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86611"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78638"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90029"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10452"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9990"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33976"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8524"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11068"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22338"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41345"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55124"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38789"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13830"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8386"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18329"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10866"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16404"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12864"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127425"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88174"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36318"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21995"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53425"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31988"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25714"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20407"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5665"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184390"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156778"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61685"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46902"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80022"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64886"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25288"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24589"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4964"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5284"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185442"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192724"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73287"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64972"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75860"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80632"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16606"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21194"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6587"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5952"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175371"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188239"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77468"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71179"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64617"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74873"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11566"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15124"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7598"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6029"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7394"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165241"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177717"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76723"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73238"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55745"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63736"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8823"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11698"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8188"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8716"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7677"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8250"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4001"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153723"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167187"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73179"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72167"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46584"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55443"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7366"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9187"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9233"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9577"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9236"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9554"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139431"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153996"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68106"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68035"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38555"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46186"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7632"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9171"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10141"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9648"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10878"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126758"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138539"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62958"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63630"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33003"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38311"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5980"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8813"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9123"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10790"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336503"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="395522"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10175"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7877"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167776"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195500"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84075"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102245"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17376"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17627"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20687"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24312"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25378"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30196"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8237"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5318"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200931"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="239436"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4578"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106911"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124676"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49951"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61247"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5733"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11709"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14173"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15944"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19437"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5528"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X94"/>
+    <s v="65 years and over not living alone"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135572"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156086"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5597"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60865"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70824"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34124"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40998"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11971"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11894"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8978"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10139"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9434"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10759"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2709"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="E1056"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="X95"/>
+    <s v="65 years and over living alone"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+</pivotCacheRecords>
 </file>