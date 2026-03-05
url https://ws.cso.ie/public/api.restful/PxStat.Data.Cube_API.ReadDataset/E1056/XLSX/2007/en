--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde51d7e6761e4fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/84518451377d450d86cfcabf31bf2031.psmdcp" Id="R19a58c6d3e4448b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25fc415c0f3a4e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f496b0a3658543c8b944010496ad9ba3.psmdcp" Id="R1d194207d3014c2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>