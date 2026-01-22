--- v0 (2025-11-12)
+++ v1 (2026-01-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57e6a05cb03e4052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6132c8b5cabc4ca1b2b5a785c7de9205.psmdcp" Id="R5bd2136cd70b499e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b12225e11540f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9800b03550e8494e9a961ba075504135.psmdcp" Id="R33421dc3fcc34293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1052</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2020 11:00:00 AM</x:t>
+    <x:t>30/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1052/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -487,363 +487,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02830V03404" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Central Heating" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L595" totalsRowShown="0">
   <x:autoFilter ref="A1:L595"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02830V03404"/>
     <x:tableColumn id="6" name="Type of Central Heating"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1116,51 +923,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1052/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1347,51 +1154,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L595"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -23993,51 +23800,51 @@
       <x:c r="I595" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L595" s="0">
         <x:v>1638</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24054,51 +23861,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L595" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1052"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -24743,27 +24550,8344 @@
         <x:n v="878"/>
         <x:n v="942"/>
         <x:n v="1243"/>
         <x:n v="5811"/>
         <x:n v="9097"/>
         <x:n v="868"/>
         <x:n v="1620"/>
         <x:n v="541"/>
         <x:n v="727"/>
         <x:n v="809"/>
         <x:n v="1339"/>
         <x:n v="155"/>
         <x:n v="910"/>
         <x:n v="901"/>
         <x:n v="1264"/>
         <x:n v="630"/>
         <x:n v="971"/>
         <x:n v="997"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141273"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143888"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99493"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102958"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159874"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164263"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466461"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="479159"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223902"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231577"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170230"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173441"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147532"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152669"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240643"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249710"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26952"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23174"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6242"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5802"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711330"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="686004"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98319"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95605"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50912"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47589"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97778"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93301"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59083"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52704"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106699"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103805"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96537"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93546"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87643"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85733"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114359"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113721"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550215"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="569166"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4238"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4792"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12817"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8319"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8845"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319790"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326780"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81233"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85694"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31386"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32571"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24828"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25980"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68146"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71687"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140419"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146302"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5870"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5986"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12383"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12862"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66292"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68209"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11575"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12593"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10690"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10883"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8482"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9190"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19260"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20410"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79145"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86611"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13742"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16066"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6587"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7989"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7964"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8145"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12843"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13070"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15739"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17811"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15232"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15799"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78638"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90029"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10994"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11487"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20666"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24299"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26209"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30486"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5625"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7094"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7351"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8342"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7048"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10452"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9990"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33976"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3028"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4808"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3592"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6366"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3616"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6522"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8524"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11068"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22338"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41345"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8615"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17810"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5305"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1080837"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42925"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43964"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46461"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63418"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64633"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458117"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="470738"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145158"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150836"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82214"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83086"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72075"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74439"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139705"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145398"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14759"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13779"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299317"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="282709"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28863"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27992"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20909"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19544"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37762"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35917"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53481"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47163"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49115"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46829"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34100"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32310"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30962"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29733"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44125"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43221"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537203"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="555475"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11489"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11895"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7429"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7864"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318541"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="325626"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77387"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82286"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29629"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30511"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24209"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25091"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65166"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68353"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122355"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127132"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4522"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4706"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9507"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9816"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65868"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67722"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8999"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9724"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7897"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8070"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6967"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15519"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16490"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37263"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40636"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5432"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4022"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4094"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5885"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7086"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8125"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7357"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7721"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11545"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14073"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16527"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32248"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8460"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17568"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3667"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616828"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98348"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99924"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53032"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55215"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96456"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99630"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8421"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78744"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80741"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88016"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90355"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75457"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78230"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100938"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104312"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9395"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="No central heating"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412013"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="403295"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69456"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67613"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30003"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28045"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60016"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57384"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5541"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57584"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56976"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62437"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61236"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56681"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56000"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70234"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Oil"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70500"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13012"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13691"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Natural Gas"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3334"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18064"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19170"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2813"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2223"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Electricity"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41882"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45975"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9295"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10634"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3942"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7273"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8653"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9686"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7875"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Coal (incl. anthracite)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8078"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67093"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75956"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10343"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10918"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15487"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18109"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23877"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27532"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4424"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5471"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6330"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6983"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Peat (incl. turf)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6264"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5733"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Liquid Petroleum Gas (LPG)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17904"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27471"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5412"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Wood (incl. wood pellets)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5355"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7176"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Other fuels"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9097"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E1052"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+</pivotCacheRecords>
 </file>