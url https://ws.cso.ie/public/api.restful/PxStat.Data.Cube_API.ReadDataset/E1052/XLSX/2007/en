--- v1 (2026-01-22)
+++ v2 (2026-03-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b12225e11540f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9800b03550e8494e9a961ba075504135.psmdcp" Id="R33421dc3fcc34293" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c12120b8c3a4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de187cc9853d4ac6b6eb8e5699c595aa.psmdcp" Id="R35b81c9d698342f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>