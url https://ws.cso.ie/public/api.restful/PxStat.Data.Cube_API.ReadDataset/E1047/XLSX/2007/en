--- v0 (2025-11-10)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b976dbee9a4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90101487a68e4dbeae326927bc5a565a.psmdcp" Id="Rb2dddac39e2440c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d18f7ddade4900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27fc346208df4ed99625119b2b7f070a.psmdcp" Id="R24c5f7990bf14043" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1047</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1047/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -439,315 +439,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02707V03275" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Sewerage Facility" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02733V03301" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Water Supply" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L295" totalsRowShown="0">
   <x:autoFilter ref="A1:L295"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02707V03275"/>
     <x:tableColumn id="6" name="Type of Sewerage Facility"/>
     <x:tableColumn id="7" name="C02733V03301"/>
     <x:tableColumn id="8" name="Type of Water Supply"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1020,51 +863,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1047/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1251,51 +1094,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L295"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="33.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="22.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12497,51 +12340,51 @@
       <x:c r="I295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L295" s="0">
         <x:v>11377</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12558,51 +12401,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L295" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1047"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -12939,27 +12782,4144 @@
         <x:n v="429"/>
         <x:n v="319"/>
         <x:n v="632"/>
         <x:n v="424"/>
         <x:n v="14362"/>
         <x:n v="18229"/>
         <x:n v="2704"/>
         <x:n v="2927"/>
         <x:n v="1102"/>
         <x:n v="916"/>
         <x:n v="484"/>
         <x:n v="465"/>
         <x:n v="2158"/>
         <x:n v="2480"/>
         <x:n v="33"/>
         <x:n v="64"/>
         <x:n v="7881"/>
         <x:n v="11377"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247185"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1306678"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144428"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106278"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45774"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40952"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161532"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171926"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48409"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69550"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092418"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1118401"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031576"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1080732"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48388"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24517"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3055"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6781"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7078"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437652"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="438319"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175194"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183402"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82020"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70532"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36923"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32583"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137234"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144909"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5189"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5585"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50259"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50750"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18969"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19613"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8892"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7348"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4307"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17572"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19290"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9370"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10107"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5817"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57154"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77822"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15239"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16102"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35692"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56156"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1080837"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965010"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1001353"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44794"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21983"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34336"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51593"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970444"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="990635"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="924420"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="964266"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38020"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17925"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6115"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29271"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23046"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22764"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18547"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42792"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59593"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12535"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13175"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27811"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44779"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616828"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282175"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="305325"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99634"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84295"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43776"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39111"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157832"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168229"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14073"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17957"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121974"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127766"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107156"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116466"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10368"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6592"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408381"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415273"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152430"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164855"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78672"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68763"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36462"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32248"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135027"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142989"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5153"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47203"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48079"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16786"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17704"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8453"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7051"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4189"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17317"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18987"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14362"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18229"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7881"/>
+  </r>
+  <r>
+    <s v="E1047"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11377"/>
+  </r>
+</pivotCacheRecords>
 </file>