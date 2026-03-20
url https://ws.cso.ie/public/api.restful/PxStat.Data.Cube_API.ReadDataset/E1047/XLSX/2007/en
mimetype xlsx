--- v1 (2026-01-27)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d18f7ddade4900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27fc346208df4ed99625119b2b7f070a.psmdcp" Id="R24c5f7990bf14043" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R845147b2ab874f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a37681326a44738849cf54b7bc8ce27.psmdcp" Id="Rd900a9cfd1254857" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>