--- v0 (2025-11-13)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4d8d2f58fb46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72c74ed2de554bec9cc5afa15e33317e.psmdcp" Id="R9b5d0c4232f349f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf99728719d074d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06a41866749846729b97962e7f10f69a.psmdcp" Id="R7b177720f8094ecf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1032</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units by Average Number of Rooms per Household and Persons per Room 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1032/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,347 +496,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J589" totalsRowShown="0">
   <x:autoFilter ref="A1:J589"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02010V02440"/>
     <x:tableColumn id="2" name="Type of Private Accommodation"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1107,51 +920,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1032/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1338,51 +1151,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J589"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="53.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="38.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -20220,51 +20033,51 @@
       <x:c r="G589" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J589" s="0">
         <x:v>0.63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20281,51 +20094,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J589" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="170"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
       <x:sharedItems count="7">
         <x:s v="All households"/>
         <x:s v="Detached house"/>
         <x:s v="Semi- detached house"/>
         <x:s v="Terraced house"/>
         <x:s v="Flat or apartment in a purpose- built block"/>
         <x:s v="Flat/apartment in a converted dwelling (including bed sits)"/>
         <x:s v="Not stated"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
@@ -20906,27 +20719,7084 @@
         <x:n v="346"/>
         <x:n v="146"/>
         <x:n v="71"/>
         <x:n v="3653"/>
         <x:n v="3.1"/>
         <x:n v="0.6"/>
         <x:n v="6644"/>
         <x:n v="87"/>
         <x:n v="261"/>
         <x:n v="644"/>
         <x:n v="586"/>
         <x:n v="778"/>
         <x:n v="599"/>
         <x:n v="348"/>
         <x:n v="173"/>
         <x:n v="64"/>
         <x:n v="3023"/>
         <x:n v="0.63"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="156731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="174296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="380115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="299646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="223835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="140460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="60707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23752"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="88719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="172739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="179989"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="378691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="299371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="222308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="137904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="94053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="20471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="66670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="123420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="121769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="265421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="177455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="117383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="69053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="26587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="17758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="44086"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="1080837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="21022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="75806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="135244"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="124487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="263248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="175314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="114316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="66049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="24735"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="15840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="64776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="33311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="52527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="114694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="122191"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="106452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="71407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="34120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="28101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="616828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="12913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="37495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="55502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="115443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="124057"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="107992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="71855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="33165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="26399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="29277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.33"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="9345"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="28944"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="51046"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="105554"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="142410"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="143142"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="102846"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="51297"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="41352"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21277"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.47"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="715133"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="10213"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="32832"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="54762"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="106950"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="144487"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="144508"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="101942"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="49069"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="38245"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="29500"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.47"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="204443"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="9154"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="12409"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="27144"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="35874"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="42694"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="34228"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="17900"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="13833"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6206"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="203346"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="10332"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="13275"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="27013"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="35773"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="42157"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="32692"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="16587"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="12323"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8262"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.56"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="495426"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="5676"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="19790"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="38637"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="78410"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="106536"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="100448"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="68618"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="33397"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="27519"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15071"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.46"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="511787"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="6451"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="22500"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="41487"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="79937"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="108714"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="102351"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="69250"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="32482"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="25922"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21238"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.39"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="9533"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="35613"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="37945"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="145452"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="105147"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="64108"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="28888"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="9250"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14091"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="471948"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="11136"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="42720"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="40739"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="147086"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="105566"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="62244"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="27166"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="20555"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.55"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="393143"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="7137"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="28424"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="29596"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="121223"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="93720"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="59731"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="27103"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="8615"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11874"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.46"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="406798"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="8429"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="34328"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="32283"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="123099"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="94271"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="58117"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="25525"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="8058"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="17445"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.47"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="63508"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="7189"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="8349"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="24229"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="11427"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.48"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="65150"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="8392"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="8456"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="23987"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="11295"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="4127"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.49"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="10927"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="26722"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="47542"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="113092"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="47066"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="15712"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="8328"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9850"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.54"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="284569"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="12197"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="30113"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="47430"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="109055"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="44203"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="14621"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="8361"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16136"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.57"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="257875"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="9843"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="23810"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="44218"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="102663"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="43907"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="14487"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="7514"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9034"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="260319"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="10933"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="26733"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="44034"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="99037"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="41250"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="13533"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="7608"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14935"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.55"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="23950"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="10429"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.47"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="24250"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="10018"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.48"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="149921"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="7261"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="36224"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="55299"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="31969"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="11686"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.66"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="172096"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="9342"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="44397"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="57967"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="32044"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="11611"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13334"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.76"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="144753"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="6976"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="35093"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="53589"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="31053"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="11184"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.54"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="166724"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="9128"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="43163"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="56328"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="31049"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="11148"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12897"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.57"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.54"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.56"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="33361"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="7671"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="10622"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="7517"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3735"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.65"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="32049"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="6562"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="9485"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="6560"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4150"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.76"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="29366"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="7363"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="9473"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="6388"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3049"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.66"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="28424"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="6241"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="8489"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="5620"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.77"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.52"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Flat/apartment in a converted dwelling (including bed sits)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15112"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.22"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10378"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="1.31"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="20493"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11459"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="15226"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.79"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C01"/>
+    <s v="Total private households"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C02"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C03"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C04"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C05"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C06"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C07"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C08"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C09"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C10"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C11"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C12"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C13"/>
+    <s v="Average number of rooms per household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1032C14"/>
+    <s v="Average number of persons per room"/>
+    <s v="Number"/>
+    <n v="0.63"/>
+  </r>
+</pivotCacheRecords>
 </file>