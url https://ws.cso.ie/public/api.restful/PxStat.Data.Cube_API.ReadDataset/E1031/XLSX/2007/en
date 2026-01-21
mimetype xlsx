--- v0 (2025-11-04)
+++ v1 (2026-01-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddebd0a5a0084c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34d7be8ae88b4377b941ad299a802391.psmdcp" Id="Rda38103b8200469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra550ed34128e41f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9365241a097406693addec64bf7971d.psmdcp" Id="Rea21978e3f374bd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1031</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Building Stock 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1031/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -604,483 +604,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03390V04076" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Dwellings per Building" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J769" totalsRowShown="0">
   <x:autoFilter ref="A1:J769"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C03367V04052"/>
     <x:tableColumn id="2" name="County and City"/>
     <x:tableColumn id="3" name="C03390V04076"/>
     <x:tableColumn id="4" name="Number of Dwellings per Building"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1351,51 +1062,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1031/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1582,51 +1293,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J769"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26224,51 +25935,51 @@
       <x:c r="G769" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H769" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I769" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J769" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26285,51 +25996,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J769" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
         <x:s v="KK"/>
         <x:s v="LS"/>
         <x:s v="LD"/>
         <x:s v="LH"/>
         <x:s v="MH"/>
         <x:s v="OY"/>
         <x:s v="WH"/>
         <x:s v="WX"/>
         <x:s v="WW"/>
         <x:s v="CE"/>
         <x:s v="CC"/>
         <x:s v="CK"/>
         <x:s v="KY"/>
         <x:s v="LK"/>
@@ -26930,27 +26641,9244 @@
         <x:n v="63"/>
         <x:n v="994"/>
         <x:n v="614"/>
         <x:n v="9.7"/>
         <x:n v="465"/>
         <x:n v="20.3"/>
         <x:n v="163"/>
         <x:n v="138"/>
         <x:n v="23826"/>
         <x:n v="59169"/>
         <x:n v="396"/>
         <x:n v="1183"/>
         <x:n v="1556"/>
         <x:n v="3.9"/>
         <x:n v="216"/>
         <x:n v="334"/>
         <x:n v="23.9"/>
         <x:n v="43.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1725929"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1725929"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4213546"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="44418"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="141756"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="222533"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3566"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="56827"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="90125"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="38148"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="66614"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="25859"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="45216"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="120.9"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="15126"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="28342"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="298.3"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="21328"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="21328"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="53750"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="145503"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="145503"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="365847"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="8432"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="34551"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="53125"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="20907"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="34469"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="17478"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="31810"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="13593"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="24026"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="123.8"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="8521"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="15410"/>
+  </r>
+  <r>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="275.2"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="65385"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="65385"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="174371"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="6879"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12526"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10330"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="7872"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3463"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="115.4"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4791"/>
+  </r>
+  <r>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="368.5"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="85298"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="85298"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="250774"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="9630"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="21171"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="4820"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="9666"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5768"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3460"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="133.1"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="406.8"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="83734"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="83734"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="245486"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="5785"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="12939"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5704"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="147.9"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4179"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="379.9"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="71297"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="71297"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="204126"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10029"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4200"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="137.3"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="36675"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="36675"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="93024"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="30904"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="30904"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="80617"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="17441"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="17441"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="39291"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="47356"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="47356"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="121281"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="64013"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="64013"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="181890"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="4693"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8684"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="29163"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="29163"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="75103"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="32773"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="32773"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="81897"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="111.4"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="63662"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="63662"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="142238"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="48774"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="48774"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="129243"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="4614"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8381"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="51653"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="51653"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="111469"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="42809"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="42809"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="100504"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="7145"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="10873"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="122.9"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="172.7"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="161745"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="161745"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="396089"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="8874"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="13140"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="46.6"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="69188"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="69188"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="135281"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="4171"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="72339"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="72339"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="176109"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="5710"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="8719"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="233.5"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="65718"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="65718"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="154404"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="47348"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="47348"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="108473"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="24213"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="24213"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="59080"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="9953"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="73882"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="73882"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="170571"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="3639"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="16946"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="16946"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="30819"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="62318"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="62318"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="123901"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="30031"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="30031"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="62276"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="29997"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="29997"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="60896"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="31544"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="31544"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="72844"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="79066"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="79066"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="152723"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="23826"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="23826"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="59169"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="2-10"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="11-25"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="26-50"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="51-100"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C01"/>
+    <s v="Number of buildings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C02"/>
+    <s v="Number of dwellings"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C03"/>
+    <s v="Population"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="06"/>
+    <s v="100+"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1031C04"/>
+    <s v="Population per building"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>