--- v1 (2026-01-21)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra550ed34128e41f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9365241a097406693addec64bf7971d.psmdcp" Id="Rea21978e3f374bd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R160981aa91a2472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18761abd6b1747be82b0919773dd86cd.psmdcp" Id="Rdfe3b60a5aa94389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>