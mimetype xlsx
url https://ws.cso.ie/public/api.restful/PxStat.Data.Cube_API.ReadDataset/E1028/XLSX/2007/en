--- v0 (2025-10-01)
+++ v1 (2025-12-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2e8199dd903413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ae36df245814f5f94d4527522389661.psmdcp" Id="R438b3c3789864c90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3719dc49ba584f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ccd41ad38ba44d6c8892a8993a7af1c9.psmdcp" Id="R81359605e90c44bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1028</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1028/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,371 +493,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1130,51 +931,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1028/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1361,51 +1162,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26059,51 +25860,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>4863</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26120,51 +25921,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1028"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -26874,27 +26675,9100 @@
         <x:n v="7946"/>
         <x:n v="22242"/>
         <x:n v="29277"/>
         <x:n v="3568"/>
         <x:n v="5018"/>
         <x:n v="2023"/>
         <x:n v="2616"/>
         <x:n v="3525"/>
         <x:n v="4862"/>
         <x:n v="392"/>
         <x:n v="547"/>
         <x:n v="3034"/>
         <x:n v="3772"/>
         <x:n v="3401"/>
         <x:n v="4271"/>
         <x:n v="3328"/>
         <x:n v="3670"/>
         <x:n v="4863"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141273"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143888"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99493"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102958"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159874"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164263"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466461"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="479159"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223902"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231577"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170230"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173441"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147532"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152669"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240643"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249710"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1080837"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42925"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43964"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46461"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63418"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64633"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458117"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="470738"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145158"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150836"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82214"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83086"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72075"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74439"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139705"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145398"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616828"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98348"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99924"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53032"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55215"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96456"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99630"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8421"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78744"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80741"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88016"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90355"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75457"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78230"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100938"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104312"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23058"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23752"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13769"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13816"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20471"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21022"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13675"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13732"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88719"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5670"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6271"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37237"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41275"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7773"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9191"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6099"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7126"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4625"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5289"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9160"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10744"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66670"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75806"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36986"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41078"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6201"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7402"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3945"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7206"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8689"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12913"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156731"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172739"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10807"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12020"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8463"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9934"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13275"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14666"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59892"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63435"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18404"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20911"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14601"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16070"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10995"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12697"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20294"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23006"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123420"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135244"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5322"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6387"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8120"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8906"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59397"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62894"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14365"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16299"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9191"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10051"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7478"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8598"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14788"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16787"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33311"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37495"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6698"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3016"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3547"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5155"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5760"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4612"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5410"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174296"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179989"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14189"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14740"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9609"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16138"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16864"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59655"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59077"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21209"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22465"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16689"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17219"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14251"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15110"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22556"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24077"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121769"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124487"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4799"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5488"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7291"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7498"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59030"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58403"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15052"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15839"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8580"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8707"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8348"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8785"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13849"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14968"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52527"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55502"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9683"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9941"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4949"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8847"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9366"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6626"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8109"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8512"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5903"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6325"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8707"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380115"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="378691"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31588"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30833"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25132"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24787"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31541"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31394"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103153"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102682"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54418"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54539"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39598"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39086"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37643"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37719"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57042"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57651"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265421"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="263248"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12258"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11915"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14307"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13741"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14911"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14626"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101842"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101351"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39776"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39943"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22246"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21672"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22329"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22070"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37752"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37930"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114694"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115443"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19330"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18918"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10825"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11046"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16630"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16768"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14642"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14596"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17352"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17414"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15314"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15649"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19290"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19721"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299646"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299371"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28018"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27810"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18617"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18711"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33101"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32930"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75304"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74149"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38679"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39937"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32800"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32245"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27627"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27905"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45500"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45684"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177455"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175314"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7971"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7819"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7899"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7564"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11740"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11289"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73912"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72708"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24268"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25084"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14958"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14457"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12131"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24576"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24351"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122191"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124057"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20047"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19991"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10718"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11147"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21361"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21641"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14411"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14853"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17842"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17788"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15496"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15863"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20924"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21333"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223835"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222308"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21282"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21076"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14225"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14288"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25053"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25094"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49182"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47805"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32798"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32866"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24835"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24764"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21102"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21201"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35358"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35214"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117383"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114316"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6732"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6599"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47848"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46466"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19191"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19118"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9255"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7497"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7302"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16975"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16517"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106452"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107992"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16678"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16638"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9474"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9667"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18321"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18495"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13607"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13748"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15050"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15509"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13605"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13899"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18383"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18697"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140460"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137904"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13762"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13718"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8597"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8312"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15255"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15162"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29285"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28562"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22398"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21708"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15471"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15016"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13606"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13507"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22086"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21919"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69053"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66049"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3997"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28187"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27495"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12232"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11450"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4085"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9930"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9669"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71407"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71855"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11223"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11359"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6069"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6031"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11258"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11361"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10166"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10258"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10196"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10107"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9241"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9422"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12156"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12250"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60707"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3749"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7032"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6920"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11059"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10395"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10392"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9699"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6685"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6292"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5840"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9554"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9340"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26587"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24735"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10435"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9829"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4040"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34120"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33165"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5119"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5196"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5603"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5532"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5399"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7590"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6906"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7771"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7183"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5069"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4848"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5093"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7261"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6604"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17758"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15840"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28101"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26399"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3520"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5133"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3932"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3728"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4419"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94053"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7664"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6127"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20335"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31057"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8355"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11202"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7047"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9339"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7712"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9465"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12809"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44086"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64776"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3838"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19943"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30510"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5321"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7430"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5795"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7946"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22242"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29277"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5018"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3034"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="E1028"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+</pivotCacheRecords>
 </file>