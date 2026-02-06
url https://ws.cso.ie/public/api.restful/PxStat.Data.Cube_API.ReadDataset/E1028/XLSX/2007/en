--- v1 (2025-12-01)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3719dc49ba584f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ccd41ad38ba44d6c8892a8993a7af1c9.psmdcp" Id="R81359605e90c44bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ed2a7c64064290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d5dab7d874f4fbe894ba5947f3051e2.psmdcp" Id="R8b0afbd3caf647b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>