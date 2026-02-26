--- v0 (2025-11-12)
+++ v1 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re77e4992f4464f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d1a7da2d9334fd4aa67dde8ebe8fc2e.psmdcp" Id="Rfabd97ca5cd04216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53637968ac3a4f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d61d508c3df94a3b842c9c7e1134e1f8.psmdcp" Id="R35f2ff5580d54680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1027</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mortgaged Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1027/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -613,507 +613,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...455 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J705" totalsRowShown="0">
   <x:autoFilter ref="A1:J705"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group of Reference Person"/>
     <x:tableColumn id="5" name="C03367V04052"/>
     <x:tableColumn id="6" name="County and City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1384,51 +1077,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1027/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1615,51 +1308,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J705"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="66.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -24209,51 +23902,51 @@
       <x:c r="G705" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I705" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J705" s="0">
         <x:v>323</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24270,51 +23963,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J705" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1027"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="405"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
@@ -25065,27 +24758,8476 @@
         <x:n v="678"/>
         <x:n v="851"/>
         <x:n v="653"/>
         <x:n v="823"/>
         <x:n v="416"/>
         <x:n v="558"/>
         <x:n v="253"/>
         <x:n v="254"/>
         <x:n v="852"/>
         <x:n v="111"/>
         <x:n v="165"/>
         <x:n v="276"/>
         <x:n v="287"/>
         <x:n v="364"/>
         <x:n v="329"/>
         <x:n v="556"/>
         <x:n v="227"/>
         <x:n v="323"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583148"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="535675"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6669"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6232"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53054"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48209"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26305"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24459"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43811"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39983"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37405"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34267"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32476"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30295"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12219"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11287"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11219"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10351"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4209"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17662"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16356"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29817"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27678"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9713"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8973"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11385"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10325"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18103"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16562"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19234"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17790"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15493"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14124"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9772"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8951"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53371"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50147"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15526"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14236"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23043"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20667"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19842"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17616"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14419"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12917"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6828"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6079"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22278"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21239"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15000"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13762"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7807"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7163"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7671"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6997"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9174"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8507"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18418"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16335"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7496"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6828"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3183"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33318"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10373"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89612"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50809"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4823"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6093"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5260"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4947"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8695"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4702"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110494"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95274"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8956"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7937"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3578"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9221"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7732"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6703"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6423"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6544"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6166"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3016"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10995"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9592"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105533"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106907"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8823"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8481"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4414"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8691"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6142"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6488"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5970"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6327"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3377"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10232"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10664"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4115"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4485"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4566"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3535"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89523"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95450"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8301"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8185"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6880"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5418"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4882"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5469"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5209"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8300"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9254"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3463"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4060"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67279"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74829"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6612"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3936"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4632"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4502"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5642"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43433"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50183"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4148"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22761"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27757"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18012"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22674"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E1027"/>
+    <s v="Mortgaged Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+</pivotCacheRecords>
 </file>