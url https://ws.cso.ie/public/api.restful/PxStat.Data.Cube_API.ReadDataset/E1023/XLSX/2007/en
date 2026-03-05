--- v0 (2025-11-04)
+++ v1 (2026-03-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa169c82cc52483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de1c22738f8e4a24bd49a170225ce037.psmdcp" Id="Rfa47bd4b3d624560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf20757e2fe419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e87c7bb5d8924f909e7620cdc8d4e92f.psmdcp" Id="Re1c4707900554bc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1023</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Weekly Rent of Rented Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1023/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -526,387 +526,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1249" totalsRowShown="0">
   <x:autoFilter ref="A1:J1249"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02729V03297"/>
     <x:tableColumn id="2" name="Number of Rooms Occupied"/>
     <x:tableColumn id="3" name="C02699V03267"/>
     <x:tableColumn id="4" name="Nature of Occupancy"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1177,51 +960,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1023/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1408,51 +1191,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1249"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -41410,51 +41193,51 @@
       <x:c r="G1249" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H1249" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I1249" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J1249" s="0">
         <x:v>70.26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -41471,51 +41254,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1249" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
         <x:s v="98"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Number of Rooms Occupied">
       <x:sharedItems count="12">
         <x:s v="All households"/>
         <x:s v="1 room"/>
         <x:s v="2 rooms"/>
         <x:s v="3 rooms"/>
         <x:s v="4 rooms"/>
@@ -42476,27 +42259,15004 @@
         <x:n v="642"/>
         <x:n v="57.05"/>
         <x:n v="7811"/>
         <x:n v="559"/>
         <x:n v="2641"/>
         <x:n v="2248"/>
         <x:n v="271"/>
         <x:n v="65"/>
         <x:n v="1095"/>
         <x:n v="68.21"/>
         <x:n v="73"/>
         <x:n v="180"/>
         <x:n v="172"/>
         <x:n v="56.32"/>
         <x:n v="639"/>
         <x:n v="200"/>
         <x:n v="44"/>
         <x:n v="70.26"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="449352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="63571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="84047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="94187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="84505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="49431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="23370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="9909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="15095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="135.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="469671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="61637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="89348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="89962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="70064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="43225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="35328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="27927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="13608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="18766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="155.89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="305377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="8147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="31205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="83144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="80567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="48038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="22728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="9743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="5625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="9681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="171.19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="309728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="29280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="74208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="64344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="40801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="33601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="26854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="8847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="13232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="11477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="199.92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="11568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="50852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="46915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="9880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="4737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="59.01"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="143178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="8245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="51253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="53141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="14308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="5093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="14942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="4572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="71.56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="16765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="6927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="81.79"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="19611"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="4525"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="6860"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="108.83"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="19352"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="132.63"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="15317"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="6515"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="123.52"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="14223"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="4469"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="3424"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="156.46"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="53.74"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="64.94"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="65.06"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="72.35"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="60915"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="8777"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="9568"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="13717"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="14165"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="7344"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="127.89"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="67963"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="10182"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="10625"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="11253"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="10189"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="8984"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="153.69"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="44048"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="5569"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="12613"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="13490"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="154.89"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="46842"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="5262"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="9579"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="9270"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="8445"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="6428"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="191.19"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="13662"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="6614"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="17284"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="7935"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="67.82"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="67.45"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="80.23"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="95786"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="13321"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="15661"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="18605"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="19335"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="13946"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="137.45"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="104191"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="14268"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="18061"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="17958"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="14801"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="10896"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="10158"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="7661"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="159.26"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="66978"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="6233"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="16665"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="18377"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="13542"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="170.54"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="69398"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="14867"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="13515"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="10281"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="9621"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="7327"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="203.42"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="25039"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="10528"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="7913"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="57.49"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="30190"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="11645"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="10218"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="68.34"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="74.08"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="4603"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="82.21"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="74396"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="11006"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="12810"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="14146"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="12747"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="9920"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="5453"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="140.42"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="76334"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="10319"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="13819"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="13855"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="10074"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="6972"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="6618"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="6147"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="161.82"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="50758"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="12395"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="12165"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="9665"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="5318"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="178.12"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="51277"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="4854"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="11523"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="9248"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="6612"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="6353"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="5963"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="207.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="21322"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="8896"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="7190"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="57.22"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="22606"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="8716"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="7986"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="66.46"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="73.23"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="81.56"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="113059"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="20467"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="28625"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="22791"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="17185"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="118.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="111866"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="17071"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="29432"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="22825"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="15290"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="6876"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="5426"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="133.98"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="62184"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="18894"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="16284"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="8773"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="4480"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="166.81"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="61185"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="5802"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="17580"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="14004"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="6522"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="5219"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="4485"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="188.95"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="47457"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="17344"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="21154"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="59.63"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="47311"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="14997"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="21891"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="4946"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="66.36"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="67.03"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="43134"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="3843"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="10163"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="9323"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="154.61"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="43488"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="7720"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="10345"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="8006"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="172.75"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="32549"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="8925"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="8940"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="4153"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="182.11"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="32385"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="8805"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="7447"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="3347"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="204.39"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="9987"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="4514"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="67.72"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="4773"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="77.85"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="95.09"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="104.93"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="17193"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="4461"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="190.19"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="17599"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="3913"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="210.24"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="15101"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="205.42"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="15157"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="229.12"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="75.57"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="90.46"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="101.42"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="102.47"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="6799"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="220.32"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="7141"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="246.87"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="234.55"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="6341"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="263.94"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="100.42"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="121.56"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="174.32"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="242.7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="253.73"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="253.82"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="269.15"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="91.14"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="111.85"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="149.79"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="141.91"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="274.45"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="287.82"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="288.14"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="304.8"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="111.07"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="116.29"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="129.11"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="154.21"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="14967"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="112.15"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="18126"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="124.73"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="9103"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="151.46"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="9676"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="178.28"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="57.05"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="7811"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="68.21"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="56.32"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C01"/>
+    <s v="All rent amounts"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C02"/>
+    <s v="Weekly rent under €25"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C03"/>
+    <s v="Weekly rent €25 - &lt; €50"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C04"/>
+    <s v="Weekly rent €50 - &lt; €100"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C05"/>
+    <s v="Weekly rent €100 - &lt; €150"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C06"/>
+    <s v="Weekly rent €150 - &lt; €200"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C07"/>
+    <s v="Weekly rent €200 - &lt; €250"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C08"/>
+    <s v="Weekly rent €250 - &lt; €300"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C09"/>
+    <s v="Weekly rent €300 - &lt; €350"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C10"/>
+    <s v="Weekly rent €350 - &lt; €400"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C11"/>
+    <s v="Weekly rent €400 and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C12"/>
+    <s v="Weekly rent not stated"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="E1023C13"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="70.26"/>
+  </r>
+</pivotCacheRecords>
 </file>