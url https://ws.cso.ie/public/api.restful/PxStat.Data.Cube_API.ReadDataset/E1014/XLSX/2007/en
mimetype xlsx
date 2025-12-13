--- v0 (2025-10-06)
+++ v1 (2025-12-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e43f185180d482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3b5a499a4a348a4b31a600aaa145a9b.psmdcp" Id="R359fc3d7dc654d70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3888fa5472c64b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8edbe3daf0994c8388ed486cd7cd7aa7.psmdcp" Id="Raf7180a198e440f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1014</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1014/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,339 +472,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L433" totalsRowShown="0">
   <x:autoFilter ref="A1:L433"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1077,51 +902,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1014/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1308,51 +1133,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17798,51 +17623,51 @@
       <x:c r="I433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>104312</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17859,51 +17684,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1014"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -18385,27 +18210,6076 @@
         <x:n v="1404"/>
         <x:n v="75457"/>
         <x:n v="78230"/>
         <x:n v="48504"/>
         <x:n v="51532"/>
         <x:n v="36069"/>
         <x:n v="34247"/>
         <x:n v="8682"/>
         <x:n v="9553"/>
         <x:n v="3261"/>
         <x:n v="3656"/>
         <x:n v="281"/>
         <x:n v="2624"/>
         <x:n v="2663"/>
         <x:n v="1517"/>
         <x:n v="2338"/>
         <x:n v="100938"/>
         <x:n v="104312"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566776"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="611877"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583148"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="535675"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305377"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309728"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143178"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14942"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16765"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25436"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27440"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24696"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53002"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57911"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61197"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46488"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42143"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19941"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20358"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10876"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12199"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141273"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143888"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35776"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38692"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36526"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33513"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15162"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16294"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9242"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99493"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102958"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64360"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68174"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51913"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48243"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28471"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29231"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8692"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9753"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159874"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164263"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128519"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140851"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160575"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146918"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116935"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114462"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44684"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5018"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5990"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5341"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8145"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20913"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466461"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="479159"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67723"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75958"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99189"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92119"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34278"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36107"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14760"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16577"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5608"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223902"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231577"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66169"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70012"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58378"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52407"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26361"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27004"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12256"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14225"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170230"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173441"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55584"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59813"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51410"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46998"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21442"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22376"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13097"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15101"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147532"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152669"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90734"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97180"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78669"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73334"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42787"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43896"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18710"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21397"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7115"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240643"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249710"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289418"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="315279"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357715"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324193"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258344"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="257855"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104508"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116464"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12713"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14438"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11116"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12572"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16259"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40036"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1080837"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12083"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12549"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11893"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10408"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11643"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11775"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5469"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6520"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42925"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43964"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11759"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12713"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15451"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13458"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11795"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12202"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5606"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6473"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46461"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16598"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17661"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17520"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15417"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20814"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20769"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5807"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6601"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63418"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64633"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125309"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137301"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157138"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143758"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116012"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113598"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42199"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44351"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5127"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7959"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20637"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458117"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="470738"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35686"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40829"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64951"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60172"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28135"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29308"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11855"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13515"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145158"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150836"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24702"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26012"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25928"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22265"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19851"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19690"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8439"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9937"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82214"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83086"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21051"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22566"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22234"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19628"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15989"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16170"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9684"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11326"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72075"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74439"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42230"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45648"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42600"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39087"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34105"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34343"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15449"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17741"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4777"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139705"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145398"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277358"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="296598"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225433"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211482"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47033"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51873"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24525"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26714"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14320"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8437"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12966"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616828"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45828"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48648"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34595"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31735"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8298"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8583"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5407"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5679"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98348"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99924"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24017"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25979"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21075"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20055"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4092"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53032"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55215"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47762"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50513"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34393"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32826"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7657"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8462"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96456"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99630"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8421"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32037"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35129"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34238"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31947"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6799"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2905"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78744"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80741"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41467"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44000"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32450"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30142"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6510"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7314"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3817"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88016"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90355"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34533"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37247"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29176"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27370"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5453"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6206"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75457"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78230"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48504"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51532"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36069"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34247"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8682"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9553"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100938"/>
+  </r>
+  <r>
+    <s v="E1014"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104312"/>
+  </r>
+</pivotCacheRecords>
 </file>