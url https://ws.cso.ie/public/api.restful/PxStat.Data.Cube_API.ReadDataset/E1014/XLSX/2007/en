--- v1 (2025-12-13)
+++ v2 (2026-02-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3888fa5472c64b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8edbe3daf0994c8388ed486cd7cd7aa7.psmdcp" Id="Raf7180a198e440f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1509e092b7fa449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46d10647d9d447c79bede5eaa953c33e.psmdcp" Id="Rdb63bcf5f3374eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>