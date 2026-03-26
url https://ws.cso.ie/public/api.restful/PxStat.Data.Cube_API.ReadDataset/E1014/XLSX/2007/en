--- v2 (2026-02-03)
+++ v3 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1509e092b7fa449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46d10647d9d447c79bede5eaa953c33e.psmdcp" Id="Rdb63bcf5f3374eae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ef342df4c54ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6dcb9bbad64a46dea0fef2ee97d88745.psmdcp" Id="R2b33c9af0b114484" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>