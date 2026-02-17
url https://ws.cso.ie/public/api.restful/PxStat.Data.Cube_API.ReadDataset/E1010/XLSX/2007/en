--- v0 (2025-11-11)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6fdf53c904b43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48a35db04a7d4fd98a35253adaf9aabd.psmdcp" Id="Rf6139a8c2e164b15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2ada68c3ae478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d995a85ec6184e58bb1b9e895f8aa91a.psmdcp" Id="R2c3937e0d9c24344" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1010</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1010/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,355 +472,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02707V03275" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Sewerage Facility" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N673" totalsRowShown="0">
   <x:autoFilter ref="A1:N673"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="C02707V03275"/>
     <x:tableColumn id="10" name="Type of Sewerage Facility"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1095,51 +914,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1010/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1326,51 +1145,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="33.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -30976,51 +30795,51 @@
       <x:c r="K673" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N673" s="0">
         <x:v>8676</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31037,51 +30856,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1010"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -31765,27 +31584,10780 @@
         <x:n v="1012"/>
         <x:n v="1057"/>
         <x:n v="2369"/>
         <x:n v="2452"/>
         <x:n v="151"/>
         <x:n v="3658"/>
         <x:n v="2924"/>
         <x:n v="18565"/>
         <x:n v="17755"/>
         <x:n v="2521"/>
         <x:n v="2623"/>
         <x:n v="6110"/>
         <x:n v="5897"/>
         <x:n v="479"/>
         <x:n v="103"/>
         <x:n v="102"/>
         <x:n v="9288"/>
         <x:n v="8676"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092418"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1118401"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437652"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="438319"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50259"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50750"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9370"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10107"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57154"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77822"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2871420"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2996956"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276892"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1249025"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166256"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174746"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25158"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27841"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156505"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="213431"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1080837"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970444"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="990635"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29271"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23046"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42792"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59593"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773889"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2909592"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2553337"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2662211"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83090"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64144"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9670"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8531"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10128"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10676"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115892"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="161438"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616828"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121974"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127766"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408381"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415273"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47203"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48079"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14362"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18229"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1726680"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1756784"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318083"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="334745"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1193802"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1184881"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156586"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166215"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15030"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17165"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40613"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51993"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="715133"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223252"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229748"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410523"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="413904"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47214"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47929"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4583"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12518"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17371"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080563"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2095910"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="658681"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="671371"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208671"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1188669"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158354"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167360"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13278"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14486"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39028"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52125"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204443"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203346"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174692"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177525"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22133"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17320"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4592"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5701"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609918"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="599827"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521157"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="524379"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63844"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48289"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7116"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6317"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14832"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17883"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495426"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="511787"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48560"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52223"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388390"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396584"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45174"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46085"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7926"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11670"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470645"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1496083"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137524"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146992"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1144827"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1140380"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151238"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="161043"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10643"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11929"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24196"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34242"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471948"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423684"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="436699"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17416"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15444"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15675"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1289109"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1358418"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1195713"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1258702"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46062"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39699"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5740"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6422"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36426"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48294"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393143"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406798"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378430"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="389390"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9877"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13502"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125257"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1189384"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1079187"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1134993"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10208"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7535"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31700"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42445"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63508"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65150"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45254"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47309"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13984"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12948"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163852"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169034"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116526"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123709"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35854"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32164"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5849"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284569"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272409"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270393"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709956"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="730771"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684637"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="693144"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5635"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4721"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16135"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29010"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257875"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260319"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250593"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="248495"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5249"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10040"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652564"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="673322"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632286"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="641103"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14685"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27126"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23950"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24250"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21816"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21898"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57392"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57449"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52351"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52041"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149921"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172096"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137088"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149144"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8065"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17918"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295153"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364243"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266084"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="310926"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3749"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18456"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41446"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144753"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166724"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133547"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145549"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7776"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17465"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285632"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="354048"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259955"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="304451"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3857"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2832"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17861"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40549"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9521"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10195"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6129"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27666"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28783"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23537"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22449"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4088"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47197"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50769"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39515"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39239"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3435"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7477"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23963"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25403"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20878"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3868"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40925"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44856"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36663"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36507"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7067"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4588"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6360"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3220"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7698"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7459"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17066"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11450"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61677"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20430"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20181"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6838"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6388"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42308"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34232"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20493"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15226"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6686"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6402"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13408"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8526"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52021"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43922"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17909"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17558"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33020"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25556"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18565"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17755"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Individual septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Individual treatment not septic tank"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other type of sewerage"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No sewerage facility"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9288"/>
+  </r>
+  <r>
+    <s v="E1010"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8676"/>
+  </r>
+</pivotCacheRecords>
 </file>