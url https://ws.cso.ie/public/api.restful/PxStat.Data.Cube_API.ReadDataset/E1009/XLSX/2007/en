--- v0 (2025-11-06)
+++ v1 (2026-02-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R258b8aac09504b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aade2aae1f6044f2af04cc8dbacf3361.psmdcp" Id="R0bf423a11786429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ca3ae1f3614362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ad8d17f4eb34d5aa6c0a1e5a710ed53.psmdcp" Id="R87411700c74d4f40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1009</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households in Permanent Housing Units 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1009/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -475,355 +475,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02733V03301" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Water Supply" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N673" totalsRowShown="0">
   <x:autoFilter ref="A1:N673"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="C02733V03301"/>
     <x:tableColumn id="10" name="Type of Water Supply"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1098,51 +917,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1009/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1329,51 +1148,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="22.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -30979,51 +30798,51 @@
       <x:c r="K673" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N673" s="0">
         <x:v>8541</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31040,51 +30859,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1009"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households in Permanent Housing Units 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -31773,27 +31592,10780 @@
         <x:n v="252"/>
         <x:n v="847"/>
         <x:n v="949"/>
         <x:n v="3627"/>
         <x:n v="2900"/>
         <x:n v="18565"/>
         <x:n v="17755"/>
         <x:n v="4816"/>
         <x:n v="4841"/>
         <x:n v="1531"/>
         <x:n v="1271"/>
         <x:n v="633"/>
         <x:n v="569"/>
         <x:n v="2241"/>
         <x:n v="2402"/>
         <x:n v="74"/>
         <x:n v="9270"/>
         <x:n v="8541"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247185"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1306678"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144428"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106278"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45774"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40952"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161532"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171926"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48409"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69550"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3336072"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3544161"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410334"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299317"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131792"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116355"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486643"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="514601"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3969"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131759"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="187184"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1080837"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965010"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1001353"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44794"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21983"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34336"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51593"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773889"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2909592"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2546286"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2698625"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120223"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58149"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5186"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4802"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10561"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10459"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91068"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136592"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616828"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282175"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="305325"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99634"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84295"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43776"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39111"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157832"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168229"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14073"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17957"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1726680"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1756784"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="789786"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="845536"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290111"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241168"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126606"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111553"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476082"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="504142"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40691"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50592"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="715133"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395604"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415448"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95701"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80438"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41432"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36906"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153960"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164199"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11438"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16340"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080563"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2095910"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1168624"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1209019"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283628"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233493"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121312"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106421"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467748"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="495488"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36017"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47883"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204443"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203346"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190459"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192037"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7142"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609918"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="599827"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567085"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="565992"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21555"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10255"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8414"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7974"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10625"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13828"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495426"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="511787"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205145"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223411"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88559"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76986"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40710"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36346"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151166"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="161496"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8166"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11825"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470645"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1496083"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601539"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="643027"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262073"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223238"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119206"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104844"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459334"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="487514"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25392"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34055"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471948"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418683"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="441291"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21825"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10504"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4627"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8871"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13105"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1289109"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1358418"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1179845"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1270979"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62619"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29613"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6408"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5971"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12359"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11996"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27574"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39454"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393143"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406798"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370785"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="389341"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14239"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7397"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11183"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125257"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1189384"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1057114"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1136126"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42743"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16726"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23412"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34297"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63508"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65150"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47898"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51950"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7586"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5023"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163852"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169034"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122731"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="134853"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19876"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12887"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5399"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4866"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11500"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11076"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5157"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284569"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263027"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269350"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13157"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9677"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709956"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="730771"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659429"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="690798"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35350"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11471"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12457"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25581"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257875"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260319"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242177"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="247577"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11154"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8970"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652564"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="673322"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609860"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="639268"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30294"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8975"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11321"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23863"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23950"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24250"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20850"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21773"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57392"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57449"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49569"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51530"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5056"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149921"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172096"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131896"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146087"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10740"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9094"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15314"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295153"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364243"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256972"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="305410"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22072"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20764"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12935"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34484"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144753"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166724"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128014"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142096"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10267"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8702"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5566"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14913"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285632"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="354048"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250078"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298049"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21159"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19948"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12503"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33706"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9521"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10195"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6894"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7361"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27666"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28783"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24306"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23193"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3691"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47197"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50769"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41000"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40683"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6590"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23963"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25403"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21968"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21085"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3512"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40925"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44856"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37002"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36987"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6281"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3696"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4839"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4588"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4670"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6316"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8830"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8705"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16333"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10974"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61677"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23647"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23753"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40001"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32459"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20493"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15226"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6937"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12706"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8074"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52021"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43922"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18831"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18912"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30731"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23918"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3627"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18565"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17755"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4841"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="015"/>
+    <s v="Public group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9270"/>
+  </r>
+  <r>
+    <s v="E1009"/>
+    <s v="Private Households in Permanent Housing Units 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8541"/>
+  </r>
+</pivotCacheRecords>
 </file>