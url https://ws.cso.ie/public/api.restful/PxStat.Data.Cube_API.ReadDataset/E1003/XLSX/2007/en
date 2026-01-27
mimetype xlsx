--- v0 (2025-11-12)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c852c24e0d451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/685e483a7b784026b7989cd83d94f5e4.psmdcp" Id="R5285f1411cc54217" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f7ae75f323f4f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e76c8e8a0eab4c7383eac7596e645e1c.psmdcp" Id="R53b8bdc76fec422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E1003</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1003/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P1</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 1 - Housing In Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -475,339 +475,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1080,51 +905,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E1003/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1311,51 +1136,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13697,51 +13522,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>8032</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13758,51 +13583,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E1003"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="21"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
@@ -14185,27 +14010,4564 @@
         <x:n v="25726"/>
         <x:n v="19847"/>
         <x:n v="3402"/>
         <x:n v="2625"/>
         <x:n v="9004"/>
         <x:n v="7818"/>
         <x:n v="2685"/>
         <x:n v="2293"/>
         <x:n v="6672"/>
         <x:n v="6292"/>
         <x:n v="2227"/>
         <x:n v="1982"/>
         <x:n v="5547"/>
         <x:n v="5226"/>
         <x:n v="3488"/>
         <x:n v="2986"/>
         <x:n v="8675"/>
         <x:n v="8032"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1654208"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1702289"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4676648"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141879"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144376"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387460"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="389266"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99962"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103385"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279880"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="289951"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160420"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164811"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435029"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="442972"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466992"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="479683"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1237934"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1308854"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224734"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232489"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650456"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="684052"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170794"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173969"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461236"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="468037"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148102"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153230"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405139"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="416878"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241325"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="250346"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653275"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="676638"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="715133"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080563"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2095910"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93483"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94767"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272744"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270921"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56135"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57688"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167302"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169345"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103734"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105929"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299941"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299875"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54959"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55149"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169351"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170239"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100923"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103950"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315331"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="322921"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91089"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92273"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265967"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="264785"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80378"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82824"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238395"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="242093"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119168"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="122553"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351532"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="355731"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471948"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1289109"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1358418"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28309"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29399"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72504"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76259"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26591"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27795"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73577"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79197"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31523"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32579"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81476"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85897"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163078"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167090"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486003"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="505669"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71303"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73898"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211778"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226150"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42187"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43377"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111033"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116721"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36263"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37981"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97010"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103074"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57397"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59829"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155728"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="165451"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284569"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709956"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="730771"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11513"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11658"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26167"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25770"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10154"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10310"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25098"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25711"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11693"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11844"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27363"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27881"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127644"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128609"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336431"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="350016"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31322"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32040"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79678"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84987"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24215"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23904"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58224"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56765"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21748"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21788"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51328"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50895"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43536"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44416"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105667"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108746"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149921"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172096"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295153"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364243"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7080"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8409"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3971"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4776"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7088"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9052"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8391"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9654"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15655"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19040"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93523"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105095"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190226"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231645"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14284"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16457"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28515"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35630"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7780"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9581"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14315"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18927"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6395"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8958"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11540"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12513"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15222"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23316"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30000"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27666"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28783"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47197"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50769"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3527"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13167"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14404"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23412"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26748"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4046"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6483"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7011"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4588"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4800"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9840"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10272"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61677"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4113"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5334"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10086"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6603"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25726"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19847"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9004"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7818"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6672"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6292"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5547"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="E1003"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8032"/>
+  </r>
+</pivotCacheRecords>
 </file>