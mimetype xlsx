--- v1 (2026-01-27)
+++ v2 (2026-03-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f7ae75f323f4f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e76c8e8a0eab4c7383eac7596e645e1c.psmdcp" Id="R53b8bdc76fec422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a86bd2e93384dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/155fcecfd86f42da938a80c108822899.psmdcp" Id="Rd5ee80f2546e4e39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>