--- v0 (2025-11-13)
+++ v1 (2026-01-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473c7edb065a4178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9498eb09864d4c11a7af53f390218d54.psmdcp" Id="R0324acf4ccc746bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e390c3230b4087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f055a6edc684443ea12de14928479cd8.psmdcp" Id="Rd17bd894a5cb4382" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>E0006</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/4/2020 11:00:00 AM</x:t>
+    <x:t>04/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E0006/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CRTEIL</x:t>
   </x:si>
   <x:si>
     <x:t>Education Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -526,427 +526,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Ed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N817" totalsRowShown="0">
   <x:autoFilter ref="A1:N817"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Ed"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="C02537V03240"/>
     <x:tableColumn id="10" name="Nationality"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1221,51 +986,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/E0006/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1452,51 +1217,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N817"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="12.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -37438,51 +37203,51 @@
       <x:c r="K817" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L817" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M817" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N817" s="0">
         <x:v>4250</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37499,51 +37264,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N817" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="E0006"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -38382,27 +38147,13084 @@
         <x:n v="54618"/>
         <x:n v="15381"/>
         <x:n v="21505"/>
         <x:n v="11086"/>
         <x:n v="33113"/>
         <x:n v="4295"/>
         <x:n v="123072"/>
         <x:n v="53460"/>
         <x:n v="19809"/>
         <x:n v="11502"/>
         <x:n v="103263"/>
         <x:n v="41958"/>
         <x:n v="89595"/>
         <x:n v="37708"/>
         <x:n v="33477"/>
         <x:n v="15752"/>
         <x:n v="13668"/>
         <x:n v="4250"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3063220"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507554"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1842120"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368542"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1221100"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139012"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2598855"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372089"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1746927"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301869"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851928"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70220"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38502"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11692"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26810"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395934"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15207"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129581"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9082"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266353"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6125"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466352"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30486"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294983"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21186"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171369"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9300"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527831"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71164"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377340"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56553"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150491"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14611"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201344"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56263"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145779"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48850"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55565"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7413"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145001"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26319"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124082"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22247"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20919"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109419"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25244"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89080"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20736"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20339"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4508"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183881"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37429"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144599"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31524"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39282"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5905"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233693"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36959"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208952"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31988"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24741"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4971"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186151"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38040"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164177"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33677"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21974"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16604"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14005"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94143"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26315"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42657"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19594"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51486"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6721"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464365"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135465"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95193"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66673"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369172"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68792"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344840"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60261"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344840"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60261"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119525"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75204"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95193"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66673"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24332"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8531"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203978"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30277"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141997"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22723"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61981"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7554"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171416"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24333"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135948"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19193"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35468"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5140"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4130"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7030"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3610"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11961"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6170"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5688"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5571"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4214"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7523"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18157"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13140"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54839"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5656"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49331"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5508"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43913"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7348"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39284"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6345"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10789"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9259"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32562"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5944"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6049"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26513"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25911"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25911"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6651"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4017"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6049"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="829724"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101482"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548489"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79006"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281235"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22476"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="706095"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81362"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528287"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66458"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177808"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14904"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37205"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13331"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23874"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68174"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39296"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28878"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128301"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10215"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85524"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7435"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42777"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42858"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6274"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30520"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12338"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31944"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4469"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26019"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5925"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46956"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6488"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37626"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5146"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9330"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98205"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13633"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75437"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11449"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22768"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122818"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16603"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110136"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14602"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12682"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113837"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15729"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101310"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14015"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12527"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4260"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9366"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4687"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123629"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20120"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20202"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12548"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103427"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101063"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101063"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22566"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13612"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20202"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12548"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562560"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70082"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397629"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58718"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164931"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11364"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485213"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55285"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380195"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48138"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105018"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7147"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42288"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18523"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23765"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83700"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56638"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27062"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155624"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12441"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124825"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10500"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30799"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54696"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7524"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46292"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6751"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8404"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23567"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3823"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21155"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28581"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26279"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37786"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6950"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34752"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3034"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32809"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31110"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5201"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15544"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14441"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7738"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77347"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14797"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17434"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10580"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59913"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58184"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58184"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19163"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11041"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17434"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10580"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490672"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82266"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316783"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65073"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173889"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17193"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432470"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64841"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300948"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54117"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131522"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10724"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5134"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3055"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80830"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30828"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50002"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116604"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7345"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85148"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5620"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31456"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83494"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14585"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63217"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12012"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20277"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43001"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15504"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31486"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13966"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11515"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61040"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8213"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56082"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7273"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4958"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11577"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9727"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10359"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8487"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6827"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10225"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5354"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58202"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17425"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15835"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10956"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42367"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6469"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39443"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5235"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39443"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5235"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18759"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12190"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15835"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10956"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331967"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77975"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222855"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67199"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109112"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10776"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294305"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60518"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210907"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54249"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83398"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6269"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4245"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65527"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27706"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37821"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77135"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5929"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58295"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18840"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70478"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15009"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58873"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13521"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11605"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27380"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12744"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22212"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11934"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12544"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11183"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7977"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4349"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4003"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9913"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8707"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7962"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7360"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3105"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37662"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17457"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11948"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12950"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25714"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4507"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23819"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23819"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13843"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13718"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11948"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12950"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117829"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29367"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66109"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25286"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51720"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4081"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105938"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23105"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62193"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20679"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43745"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41974"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15515"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26459"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29482"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21934"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7548"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16134"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12858"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5412"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4103"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11891"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6262"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7975"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6825"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6825"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5066"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526490"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116105"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148258"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50537"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378232"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65568"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403418"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62645"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128449"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39035"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274969"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23610"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20953"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16434"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123980"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4674"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21871"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102109"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84227"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6622"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30062"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54165"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61839"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11683"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26252"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6940"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35587"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4743"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22120"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7875"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14245"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5792"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8269"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5139"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7426"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5470"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54618"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15381"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21505"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11086"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33113"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123072"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53460"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19809"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11502"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103263"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41958"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89595"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37708"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89595"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37708"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33477"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15752"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19809"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11502"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13668"/>
+  </r>
+  <r>
+    <s v="E0006"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+</pivotCacheRecords>
 </file>