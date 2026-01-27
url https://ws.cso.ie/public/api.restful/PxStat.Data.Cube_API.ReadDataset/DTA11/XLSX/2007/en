--- v0 (2025-11-05)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R908dab202b5b4c53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38b49ba716414ff58e53c437e6a86dbc.psmdcp" Id="R630a39aa76c645e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0df8812f5fe8486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/435f16b249e845a7a656cc26448a9f85.psmdcp" Id="R3248d03a9f13444e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>DTA11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Curative, Miscellaneous, and Preventative treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/23/2023 2:20:10 PM</x:t>
+    <x:t>23/03/2023 14:20:10</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/DTA11/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFDT</x:t>
   </x:si>
   <x:si>
     <x:t>HSE Funded Dental Treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Keith McSweeney</x:t>
   </x:si>
@@ -231,50 +231,53 @@
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>DTA11C02</x:t>
   </x:si>
   <x:si>
     <x:t>Preventative</x:t>
   </x:si>
   <x:si>
     <x:t>DTA11C03</x:t>
   </x:si>
   <x:si>
     <x:t>Miscellaneous</x:t>
   </x:si>
   <x:si>
     <x:t>DTA11C04</x:t>
   </x:si>
   <x:si>
     <x:t>Total Treatments</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -412,251 +415,130 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...199 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H109" totalsRowShown="0">
   <x:autoFilter ref="A1:H109"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -925,51 +807,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/DTA11/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1156,51 +1038,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H109"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -3330,50 +3212,53 @@
         <x:v>52921</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>591092</x:v>
@@ -3405,50 +3290,53 @@
         <x:v>711402</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H86" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>586291</x:v>
@@ -3480,50 +3368,53 @@
         <x:v>708115</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>554347</x:v>
@@ -3555,50 +3446,53 @@
         <x:v>676277</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H92" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>539398</x:v>
@@ -3630,50 +3524,53 @@
         <x:v>658061</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>524538</x:v>
@@ -3705,50 +3602,53 @@
         <x:v>649311</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H98" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>483404</x:v>
@@ -3780,50 +3680,53 @@
         <x:v>605856</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>453665</x:v>
@@ -3855,50 +3758,53 @@
         <x:v>577224</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H104" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>338284</x:v>
@@ -3929,50 +3835,53 @@
       <x:c r="H106" s="0">
         <x:v>439282</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H108" s="0">
@@ -3995,51 +3904,51 @@
       <x:c r="E109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>426099</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4056,51 +3965,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H109" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="DTA11C01"/>
         <x:s v="DTA11C02"/>
         <x:s v="DTA11C03"/>
         <x:s v="DTA11C04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Curative"/>
         <x:s v="Preventative"/>
         <x:s v="Miscellaneous"/>
         <x:s v="Total Treatments"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="9">
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
@@ -4229,27 +4138,1108 @@
         <x:n v="591092"/>
         <x:n v="711402"/>
         <x:n v="586291"/>
         <x:n v="708115"/>
         <x:n v="554347"/>
         <x:n v="676277"/>
         <x:n v="539398"/>
         <x:n v="658061"/>
         <x:n v="524538"/>
         <x:n v="649311"/>
         <x:n v="483404"/>
         <x:n v="605856"/>
         <x:n v="453665"/>
         <x:n v="577224"/>
         <x:n v="338284"/>
         <x:n v="439282"/>
         <x:n v="321992"/>
         <x:n v="426099"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="721963"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="343625"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="378338"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="713277"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="339148"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="374129"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="677841"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="319858"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="357983"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="653776"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="309006"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="344770"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="638345"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="299313"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="339032"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="600785"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="279621"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="321164"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="566382"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="261513"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="304869"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="420930"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="191938"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="228992"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="412534"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="185887"/>
+  </r>
+  <r>
+    <s v="DTA11C01"/>
+    <s v="Curative"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="226647"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="439085"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="188411"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="250674"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="437441"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="187278"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="250163"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="421435"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="180104"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="241331"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="419217"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="179083"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="240134"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="415235"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="175975"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="239260"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="380497"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="159944"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="220553"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="361576"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="150860"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="210716"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="263912"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="109438"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="154474"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="248008"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="101477"/>
+  </r>
+  <r>
+    <s v="DTA11C02"/>
+    <s v="Preventative"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="146531"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="141446"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="59056"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="82390"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="143688"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="59865"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="83823"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="131348"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="54385"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="76963"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="124466"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="51309"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="73157"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="120269"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="49250"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="71019"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="107978"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43839"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="64139"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="102931"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41292"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="61639"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="92724"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36908"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="55816"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87549"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34628"/>
+  </r>
+  <r>
+    <s v="DTA11C03"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="52921"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="591092"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="711402"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="586291"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="708115"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="554347"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="676277"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="539398"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="658061"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="524538"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="649311"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="483404"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="605856"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="453665"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="577224"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="338284"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="439282"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="321992"/>
+  </r>
+  <r>
+    <s v="DTA11C04"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="426099"/>
+  </r>
+</pivotCacheRecords>
 </file>