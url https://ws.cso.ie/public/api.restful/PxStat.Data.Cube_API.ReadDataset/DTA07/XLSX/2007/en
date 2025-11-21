--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8695c2065d1b43fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d1c9fa785564c25a89a399f0bd282ed.psmdcp" Id="R17f23eab16404007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda0b4af646f043c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a39b521ad73b4cefa7a61d4ebc02c1f9.psmdcp" Id="R0d63a23bc0d84747" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>