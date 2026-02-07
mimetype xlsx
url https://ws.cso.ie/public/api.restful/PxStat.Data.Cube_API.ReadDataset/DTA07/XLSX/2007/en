--- v1 (2025-11-21)
+++ v2 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda0b4af646f043c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a39b521ad73b4cefa7a61d4ebc02c1f9.psmdcp" Id="R0d63a23bc0d84747" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c0878ec1b3437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5848babd1a8845db924c7a16945633a8.psmdcp" Id="R6cbe3185e5164e67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>DTA07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Detailed Dental Treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/30/2023 11:00:00 AM</x:t>
+    <x:t>30/05/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/DTA07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFDT</x:t>
   </x:si>
   <x:si>
     <x:t>HSE Funded Dental Treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Keith McSweeney</x:t>
   </x:si>
@@ -292,50 +292,53 @@
   </x:si>
   <x:si>
     <x:t>DTA07C10</x:t>
   </x:si>
   <x:si>
     <x:t>Restoration using Amalgam Filling</x:t>
   </x:si>
   <x:si>
     <x:t>DTA07C11</x:t>
   </x:si>
   <x:si>
     <x:t>Restoration using Composite Filling</x:t>
   </x:si>
   <x:si>
     <x:t>DTA07C12</x:t>
   </x:si>
   <x:si>
     <x:t>Surgical Extraction</x:t>
   </x:si>
   <x:si>
     <x:t>DTA07C13</x:t>
   </x:si>
   <x:si>
     <x:t>Total Treatments</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -472,331 +475,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02842V03416" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Health Service Executive Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H469" totalsRowShown="0">
   <x:autoFilter ref="A1:H469"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02842V03416"/>
     <x:tableColumn id="6" name="Health Service Executive Area"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1065,51 +887,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/DTA07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1296,51 +1118,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H469"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -12596,869 +12418,977 @@
         <x:v>6601</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H434" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H435" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H436" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H438" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H439" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H440" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H441" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H442" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H443" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H444" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H445" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H446" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H447" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H448" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H449" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H450" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H451" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H452" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H453" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H454" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H455" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H456" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H457" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H458" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H459" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H460" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H461" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H462" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H463" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H464" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H465" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H466" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H467" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H468" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H469" s="0" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13475,51 +13405,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H469" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="13">
         <x:s v="DTA07C01"/>
         <x:s v="DTA07C02"/>
         <x:s v="DTA07C03"/>
         <x:s v="DTA07C04"/>
         <x:s v="DTA07C05"/>
         <x:s v="DTA07C06"/>
         <x:s v="DTA07C07"/>
         <x:s v="DTA07C08"/>
         <x:s v="DTA07C09"/>
         <x:s v="DTA07C10"/>
         <x:s v="DTA07C11"/>
         <x:s v="DTA07C12"/>
         <x:s v="DTA07C13"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="13">
         <x:s v="1st Stage Endodontics"/>
         <x:s v="Endodontics"/>
         <x:s v="Denture Repairs"/>
         <x:s v="Exodontics"/>
@@ -13995,27 +13925,4708 @@
         <x:n v="12087"/>
         <x:n v="7467"/>
         <x:n v="6412"/>
         <x:n v="8293"/>
         <x:n v="7065"/>
         <x:n v="6688"/>
         <x:n v="5495"/>
         <x:n v="7139"/>
         <x:n v="6333"/>
         <x:n v="5179"/>
         <x:n v="5294"/>
         <x:n v="6508"/>
         <x:n v="5880"/>
         <x:n v="5781"/>
         <x:n v="4557"/>
         <x:n v="6709"/>
         <x:n v="6601"/>
         <x:s v=""/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="DTA07C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="DTA07C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="6602"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="7758"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="12724"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="8570"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="6674"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="7653"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="12892"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="8890"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="6816"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="7796"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="12755"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="8604"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="7142"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="8008"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="12207"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="9021"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="7674"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="8744"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="11954"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="9473"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="7271"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="8273"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="11633"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="8880"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="7033"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="8097"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="11765"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="8348"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="5585"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="6329"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="8904"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="6690"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="6042"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="6314"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="8760"/>
+  </r>
+  <r>
+    <s v="DTA07C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="7182"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="33918"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="24386"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="34674"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="36473"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="32608"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="23917"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="34247"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="34709"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="32426"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="22645"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="34416"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="32234"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="31286"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="23051"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="34863"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="33608"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="30355"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="22750"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="34287"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="31661"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="32223"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="26374"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="38656"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="34686"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="30560"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="24179"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="36660"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="32278"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="23710"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="19034"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="29086"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="24841"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="23093"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="18522"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="27574"/>
+  </r>
+  <r>
+    <s v="DTA07C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="24765"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="31023"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="33984"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="41827"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="34612"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="32503"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="36488"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="40536"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="34161"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="29684"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="33135"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="37164"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="31365"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="27224"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="31240"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="35696"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="30306"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="27183"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="28847"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="33843"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="30396"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="23887"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="25366"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="30910"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="27815"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="22723"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="23532"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="30295"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="26381"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="20482"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="20276"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="27233"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="24733"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="19121"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="18087"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="25386"/>
+  </r>
+  <r>
+    <s v="DTA07C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="24955"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="103774"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="86038"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="127229"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="115492"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="102651"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="85961"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="125875"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="115944"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="99177"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="79650"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="123596"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="110999"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="97985"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="79249"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="122168"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="109925"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="95669"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="77957"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="120000"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="109905"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="88140"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="71831"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="108761"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="100104"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="82662"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="67822"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="102896"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="94821"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="58979"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="48644"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="77182"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="71318"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="54806"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="44623"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="72109"/>
+  </r>
+  <r>
+    <s v="DTA07C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="69442"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4024"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4046"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="DTA07C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="12142"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="14472"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="11888"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="12239"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="9911"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="14220"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="12339"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="11701"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="9286"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="13828"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="11412"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="11417"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="8927"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="11216"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="11199"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="8888"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="12907"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="11250"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="10303"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="8779"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="12705"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="10620"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="10139"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="11609"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="10355"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="6396"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="5758"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="7641"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="6267"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="6410"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="5798"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="7381"/>
+  </r>
+  <r>
+    <s v="DTA07C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="6488"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4085"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4505"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4646"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4680"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="DTA07C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="67126"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="54932"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="82938"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="75289"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="64578"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="54007"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="81229"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="74320"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="60273"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="48903"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="78779"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="68384"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="57020"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="46368"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="74203"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="63753"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="53788"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="44407"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="71550"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="60938"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="49176"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="41288"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="67114"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="55572"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="45254"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="38583"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="62289"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="53197"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="33394"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="27362"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="45500"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="39568"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="32539"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="44147"/>
+  </r>
+  <r>
+    <s v="DTA07C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="38509"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="33806"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="26413"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="45783"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="35727"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="32830"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="26506"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="45223"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="36149"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="32277"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="25771"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="44386"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="34622"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="30710"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="25200"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="43089"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="33323"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="30108"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="24893"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="41696"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="33674"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="28466"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="23733"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="40225"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="32189"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="26351"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="23295"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="38090"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="30484"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="18248"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="16824"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="28114"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="22976"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="18026"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="15742"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="27401"/>
+  </r>
+  <r>
+    <s v="DTA07C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="23707"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="15632"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="13918"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="18350"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="13232"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="15487"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="14370"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="18420"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="13917"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="13827"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="12364"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="16489"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="12582"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="12814"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="11788"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="15023"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="11365"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="12681"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="11639"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="14608"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="12087"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="7467"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="8293"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="7065"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="6688"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="7139"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="6333"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="5294"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="5880"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <n v="5781"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <n v="6709"/>
+  </r>
+  <r>
+    <s v="DTA07C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <n v="6601"/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X01"/>
+    <s v="HSE-Dublin/Mid-Leinster"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X02"/>
+    <s v="HSE-Dublin/North-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X03"/>
+    <s v="HSE-South"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA07C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="X04"/>
+    <s v="HSE-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>