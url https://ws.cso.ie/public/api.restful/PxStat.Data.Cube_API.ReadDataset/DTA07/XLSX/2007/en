--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c0878ec1b3437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5848babd1a8845db924c7a16945633a8.psmdcp" Id="R6cbe3185e5164e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c7d9d4a98c44025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0124ac77d55b431d9d9cb6dc115897ac.psmdcp" Id="Re99af60dd77549f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>