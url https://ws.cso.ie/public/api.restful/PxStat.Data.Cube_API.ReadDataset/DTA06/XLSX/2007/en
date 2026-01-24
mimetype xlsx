--- v0 (2025-11-04)
+++ v1 (2026-01-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071059e958cf46fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b415c7672c154d5ba381c7d09b13e7bc.psmdcp" Id="Rdc37733df3954424" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79beda11f4ea4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8f94fab1d984bdda2afb8e7c4a56685.psmdcp" Id="R1064d2fafbed4ce3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>DTA06</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Detailed Dental Treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/30/2023 11:00:00 AM</x:t>
+    <x:t>30/05/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/DTA06/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFDT</x:t>
   </x:si>
   <x:si>
     <x:t>HSE Funded Dental Treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Keith McSweeney</x:t>
   </x:si>
@@ -305,50 +305,53 @@
   <x:si>
     <x:t>DTA06C09</x:t>
   </x:si>
   <x:si>
     <x:t>Protracted Periodontal Treatment</x:t>
   </x:si>
   <x:si>
     <x:t>DTA06C10</x:t>
   </x:si>
   <x:si>
     <x:t>Restoration using Amalgam Filling</x:t>
   </x:si>
   <x:si>
     <x:t>DTA06C11</x:t>
   </x:si>
   <x:si>
     <x:t>Restoration using Composite Filling</x:t>
   </x:si>
   <x:si>
     <x:t>DTA06C12</x:t>
   </x:si>
   <x:si>
     <x:t>Surgical Extraction</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>DTA06C13</x:t>
   </x:si>
   <x:si>
     <x:t>Total Treatments</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -490,355 +493,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H820" totalsRowShown="0">
   <x:autoFilter ref="A1:H820"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age Group"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1107,51 +911,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/DTA06/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1338,51 +1142,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H820"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -19476,50 +19280,53 @@
         <x:v>13300</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H697" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H698" s="0">
         <x:v>9564</x:v>
@@ -20409,50 +20216,53 @@
         <x:v>5564</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H733" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H734" s="0">
         <x:v>4110</x:v>
@@ -20588,50 +20398,53 @@
         <x:v>4723</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H740" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H741" s="0">
         <x:v>3700</x:v>
@@ -21033,1699 +20846,1699 @@
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H757" s="0">
         <x:v>2949</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H758" s="0">
         <x:v>177087</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H759" s="0">
         <x:v>230804</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H760" s="0">
         <x:v>226278</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H761" s="0">
         <x:v>197507</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:8">
       <x:c r="A762" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E762" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H762" s="0">
         <x:v>168256</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:8">
       <x:c r="A763" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E763" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H763" s="0">
         <x:v>168069</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:8">
       <x:c r="A764" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H764" s="0">
         <x:v>134493</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:8">
       <x:c r="A765" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H765" s="0">
         <x:v>173851</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:8">
       <x:c r="A766" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E766" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H766" s="0">
         <x:v>217023</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:8">
       <x:c r="A767" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E767" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H767" s="0">
         <x:v>222587</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:8">
       <x:c r="A768" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E768" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H768" s="0">
         <x:v>201677</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H769" s="0">
         <x:v>172987</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H770" s="0">
         <x:v>173836</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:8">
       <x:c r="A771" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H771" s="0">
         <x:v>132445</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:8">
       <x:c r="A772" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H772" s="0">
         <x:v>158854</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:8">
       <x:c r="A773" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H773" s="0">
         <x:v>192776</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:8">
       <x:c r="A774" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H774" s="0">
         <x:v>210704</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:8">
       <x:c r="A775" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H775" s="0">
         <x:v>196686</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:8">
       <x:c r="A776" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H776" s="0">
         <x:v>172551</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:8">
       <x:c r="A777" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H777" s="0">
         <x:v>171880</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:8">
       <x:c r="A778" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H778" s="0">
         <x:v>127173</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:8">
       <x:c r="A779" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H779" s="0">
         <x:v>139898</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:8">
       <x:c r="A780" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H780" s="0">
         <x:v>178134</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:8">
       <x:c r="A781" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H781" s="0">
         <x:v>201184</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:8">
       <x:c r="A782" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H782" s="0">
         <x:v>196197</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:8">
       <x:c r="A783" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G783" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H783" s="0">
         <x:v>175551</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:8">
       <x:c r="A784" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H784" s="0">
         <x:v>177221</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:8">
       <x:c r="A785" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E785" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H785" s="0">
         <x:v>129274</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:8">
       <x:c r="A786" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H786" s="0">
         <x:v>127855</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:8">
       <x:c r="A787" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H787" s="0">
         <x:v>156997</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:8">
       <x:c r="A788" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H788" s="0">
         <x:v>191086</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:8">
       <x:c r="A789" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H789" s="0">
         <x:v>195609</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:8">
       <x:c r="A790" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H790" s="0">
         <x:v>180299</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:8">
       <x:c r="A791" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H791" s="0">
         <x:v>185217</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:8">
       <x:c r="A792" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H792" s="0">
         <x:v>136786</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:8">
       <x:c r="A793" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H793" s="0">
         <x:v>112940</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:8">
       <x:c r="A794" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E794" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F794" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G794" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H794" s="0">
         <x:v>133570</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:8">
       <x:c r="A795" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E795" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F795" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H795" s="0">
         <x:v>167315</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:8">
       <x:c r="A796" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E796" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F796" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H796" s="0">
         <x:v>180218</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:8">
       <x:c r="A797" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E797" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F797" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G797" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H797" s="0">
         <x:v>172557</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:8">
       <x:c r="A798" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E798" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F798" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H798" s="0">
         <x:v>182607</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:8">
       <x:c r="A799" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H799" s="0">
         <x:v>140053</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:8">
       <x:c r="A800" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H800" s="0">
         <x:v>99042</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:8">
       <x:c r="A801" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H801" s="0">
         <x:v>119917</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:8">
       <x:c r="A802" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E802" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F802" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H802" s="0">
         <x:v>152429</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:8">
       <x:c r="A803" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E803" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F803" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H803" s="0">
         <x:v>171883</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:8">
       <x:c r="A804" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E804" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F804" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H804" s="0">
         <x:v>168557</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:8">
       <x:c r="A805" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E805" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F805" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H805" s="0">
         <x:v>178371</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:8">
       <x:c r="A806" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E806" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F806" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H806" s="0">
         <x:v>140690</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:8">
       <x:c r="A807" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E807" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F807" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H807" s="0">
         <x:v>72256</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:8">
       <x:c r="A808" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E808" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F808" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H808" s="0">
         <x:v>90489</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:8">
       <x:c r="A809" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E809" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F809" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G809" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H809" s="0">
         <x:v>114832</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H810" s="0">
         <x:v>132805</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H811" s="0">
         <x:v>130898</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:8">
       <x:c r="A812" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H812" s="0">
         <x:v>133763</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:8">
       <x:c r="A813" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F813" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H813" s="0">
         <x:v>102523</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:8">
       <x:c r="A814" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E814" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F814" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G814" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H814" s="0">
         <x:v>66117</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:8">
       <x:c r="A815" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E815" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F815" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H815" s="0">
         <x:v>81534</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:8">
       <x:c r="A816" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F816" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H816" s="0">
         <x:v>107988</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:8">
       <x:c r="A817" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E817" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F817" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H817" s="0">
         <x:v>127083</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:8">
       <x:c r="A818" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E818" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F818" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H818" s="0">
         <x:v>127904</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:8">
       <x:c r="A819" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E819" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F819" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H819" s="0">
         <x:v>130983</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:8">
       <x:c r="A820" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E820" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F820" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H820" s="0">
         <x:v>106482</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22742,51 +22555,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H820" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="13">
         <x:s v="DTA06C01"/>
         <x:s v="DTA06C02"/>
         <x:s v="DTA06C03"/>
         <x:s v="DTA06C04"/>
         <x:s v="DTA06C05"/>
         <x:s v="DTA06C06"/>
         <x:s v="DTA06C07"/>
         <x:s v="DTA06C08"/>
         <x:s v="DTA06C09"/>
         <x:s v="DTA06C10"/>
         <x:s v="DTA06C11"/>
         <x:s v="DTA06C12"/>
         <x:s v="DTA06C13"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="13">
         <x:s v="1st Stage Endodontics"/>
         <x:s v="Endodontics"/>
         <x:s v="Denture Repairs"/>
         <x:s v="Exodontics"/>
@@ -23631,27 +23444,8218 @@
         <x:n v="171883"/>
         <x:n v="168557"/>
         <x:n v="178371"/>
         <x:n v="140690"/>
         <x:n v="72256"/>
         <x:n v="90489"/>
         <x:n v="114832"/>
         <x:n v="132805"/>
         <x:n v="130898"/>
         <x:n v="133763"/>
         <x:n v="102523"/>
         <x:n v="66117"/>
         <x:n v="81534"/>
         <x:n v="107988"/>
         <x:n v="127083"/>
         <x:n v="127904"/>
         <x:n v="130983"/>
         <x:n v="106482"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="DTA06C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="DTA06C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7163"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="9494"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="11156"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7543"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="10190"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="10114"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7664"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="10094"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="10059"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7599"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="10486"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="10239"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="8172"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="10963"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="10939"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7566"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="10792"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="10566"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7437"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="10518"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="10734"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="5600"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="8170"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="5851"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="8231"/>
+  </r>
+  <r>
+    <s v="DTA06C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="9135"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="10698"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="18007"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="20886"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="24101"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="22504"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="19644"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="13611"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="10010"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="16027"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="20045"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="23550"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="22296"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="19857"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="13696"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="9693"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="14140"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="19312"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="23368"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="22144"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="19295"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="13769"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="8792"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="13938"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="18485"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="23464"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="23226"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="20856"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="14047"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="8118"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="12271"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="17570"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="22605"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="23363"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="21189"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="13937"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="8457"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="13266"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="18898"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="24796"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="25391"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="24186"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="16945"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="7323"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="12131"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="16676"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="23039"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="24671"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="23760"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="16077"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="8999"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="18299"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="19574"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="18878"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="12879"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="4627"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="8002"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="12001"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="17396"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="19319"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="18815"/>
+  </r>
+  <r>
+    <s v="DTA06C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="13794"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="24692"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="31354"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="26777"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="21183"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="14987"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12687"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="9766"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="24931"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="30386"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="26987"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="22120"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="15577"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="13424"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="10263"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="22017"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="26704"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="25700"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="20739"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="15245"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12264"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="8679"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="19009"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="24771"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="24097"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="20422"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="15324"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12455"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="8388"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="17764"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="22131"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="22739"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="20372"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="15501"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="13068"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="8694"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="15719"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="19063"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="19720"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="18530"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="14588"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12201"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="8157"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="13734"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="17343"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="18598"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="18437"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="14672"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12089"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="8058"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="11283"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="15472"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="16616"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="17063"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="13862"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="11261"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="9494"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="13401"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="15266"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="15991"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="13758"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="11709"/>
+  </r>
+  <r>
+    <s v="DTA06C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="62714"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="77610"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="75214"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="62943"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="52092"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="54947"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="47013"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="62841"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="73262"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="74151"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="64805"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="53698"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="56308"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="45366"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="58519"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="66242"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="70640"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="63707"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="54470"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="56312"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="43532"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="52724"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="62134"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="69185"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="65137"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="56231"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="58814"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="45102"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="48429"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="54733"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="66184"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="65534"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="58306"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="62067"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="48278"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="43679"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="46130"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="56183"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="58944"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="54829"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="59501"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="49570"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="38883"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="41265"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="51174"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="55988"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="53434"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="57883"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="49574"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="27924"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="30726"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="37913"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="42415"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="40992"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="42340"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="33813"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="25270"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="27309"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="34987"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="40029"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="39189"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="40322"/>
+  </r>
+  <r>
+    <s v="DTA06C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="33874"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="DTA06C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="7117"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="9836"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="11090"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="4456"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="7105"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="10276"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="13184"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="11117"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="4092"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="9727"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12867"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="10695"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="6365"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="9442"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12402"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="10598"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="3520"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="9232"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12608"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="11019"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="5883"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="8681"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12192"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="11164"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="5426"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="8333"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="12078"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="11384"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="5419"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="7445"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="DTA06C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="DTA06C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="53536"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="63620"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="57539"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="41552"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="27332"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="22780"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="13926"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="51622"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="59549"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="55717"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="42238"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="27923"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="23236"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="13849"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="46776"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="52397"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="52101"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="41150"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="27942"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="22963"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="13010"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="40660"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="46866"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="48812"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="40413"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="28229"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="23141"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="13223"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="36531"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="40467"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="45628"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="40228"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="29151"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="24488"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="14190"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="32026"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="33974"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="40762"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="37390"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="28979"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="25348"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="14671"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="27834"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="30074"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="37219"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="35853"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="28531"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="24619"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="15193"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="19631"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="21457"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="26414"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="26224"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="21931"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="18532"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="11635"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="19070"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="19969"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="25491"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="25466"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="20842"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="17842"/>
+  </r>
+  <r>
+    <s v="DTA06C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="11839"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="13323"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="18976"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="21577"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="21603"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="21935"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="25243"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="19072"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="12593"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="17437"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="21513"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="21265"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="22532"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="25902"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="19466"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="11531"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="15758"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="20468"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="21306"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="22533"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="26413"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="19047"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="9888"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="14291"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="19191"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="20886"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="22079"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="26766"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="19221"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="9094"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="12587"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="18306"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="20718"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="22440"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="27245"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="19981"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="7548"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="10659"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="16225"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="19316"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="21906"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="27908"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="21051"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="9677"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="14794"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="18155"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="20894"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="27020"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="21220"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="6690"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="10446"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="13546"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="19532"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="15640"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="4202"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="6211"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="10226"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="13149"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="15361"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="19008"/>
+  </r>
+  <r>
+    <s v="DTA06C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="16719"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="7782"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="13300"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="9564"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7383"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="6096"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="4853"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="7582"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="12659"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="11954"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="10325"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7845"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="6698"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="5131"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="10511"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="10883"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="9375"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="6182"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="9450"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="9892"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="8685"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7088"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="6151"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="4920"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="8614"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="9733"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="8847"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="7411"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="6635"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="5564"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="4109"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="4210"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="3961"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="DTA06C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="177087"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="230804"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="226278"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="197507"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="168256"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="168069"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="134493"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="173851"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="217023"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="222587"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="201677"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="172987"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="173836"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="132445"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="158854"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="192776"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="210704"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="196686"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="172551"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="171880"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="127173"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="139898"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="178134"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="201184"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="196197"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="175551"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="177221"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="129274"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="127855"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="156997"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="191086"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="195609"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="180299"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="185217"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="136786"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="112940"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="133570"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="167315"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="180218"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="172557"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="182607"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="140053"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="99042"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="119917"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="152429"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="171883"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="168557"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="178371"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="140690"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="72256"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="90489"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="114832"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="132805"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="130898"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="133763"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="102523"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22224"/>
+    <s v="0 - 24 years"/>
+    <s v="Number"/>
+    <n v="66117"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Number"/>
+    <n v="81534"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Number"/>
+    <n v="107988"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Number"/>
+    <n v="127083"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Number"/>
+    <n v="127904"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="Number"/>
+    <n v="130983"/>
+  </r>
+  <r>
+    <s v="DTA06C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="Number"/>
+    <n v="106482"/>
+  </r>
+</pivotCacheRecords>
 </file>