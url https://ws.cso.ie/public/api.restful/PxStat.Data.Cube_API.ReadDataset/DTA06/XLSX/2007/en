--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79beda11f4ea4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8f94fab1d984bdda2afb8e7c4a56685.psmdcp" Id="R1064d2fafbed4ce3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ca0c97acb7c462f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90d9588d431c4251b8379df6321ac26c.psmdcp" Id="R7f80794201964170" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>