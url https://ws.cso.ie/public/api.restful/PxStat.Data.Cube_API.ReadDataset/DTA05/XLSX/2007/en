--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7d2025a86654884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51c00fbfc8fe4fe8ba4d4bf7d4c0d0ed.psmdcp" Id="R00790cbf2109460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf350bfd61ca647e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b246a02ba11d481b83d3267448a9cbd4.psmdcp" Id="Rdfc3c48f11e1409f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>