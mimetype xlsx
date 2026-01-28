--- v1 (2025-11-20)
+++ v2 (2026-01-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf350bfd61ca647e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b246a02ba11d481b83d3267448a9cbd4.psmdcp" Id="Rdfc3c48f11e1409f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eed48b92ce14acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2fa1097236a74f7ba6490e834b10d9ea.psmdcp" Id="R633b23b7116a4fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>DTA05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Detailed Dental Treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/30/2023 11:00:00 AM</x:t>
+    <x:t>30/05/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/DTA05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>HFDT</x:t>
   </x:si>
   <x:si>
     <x:t>HSE Funded Dental Treatments</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Keith McSweeney</x:t>
   </x:si>
@@ -286,50 +286,53 @@
   </x:si>
   <x:si>
     <x:t>DTA05C10</x:t>
   </x:si>
   <x:si>
     <x:t>Restoration using Amalgam Filling</x:t>
   </x:si>
   <x:si>
     <x:t>DTA05C11</x:t>
   </x:si>
   <x:si>
     <x:t>Restoration using Composite Filling</x:t>
   </x:si>
   <x:si>
     <x:t>DTA05C12</x:t>
   </x:si>
   <x:si>
     <x:t>Surgical Extraction</x:t>
   </x:si>
   <x:si>
     <x:t>DTA05C13</x:t>
   </x:si>
   <x:si>
     <x:t>Total Treatments</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -466,323 +469,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H352" totalsRowShown="0">
   <x:autoFilter ref="A1:H352"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1051,51 +879,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/DTA05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1282,51 +1110,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H352"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -9774,50 +9602,53 @@
         <x:v>11944</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H326" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H327" s="0">
         <x:v>591092</x:v>
@@ -9849,50 +9680,53 @@
         <x:v>711402</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H330" s="0">
         <x:v>586291</x:v>
@@ -9924,50 +9758,53 @@
         <x:v>708115</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H332" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H333" s="0">
         <x:v>554347</x:v>
@@ -9999,50 +9836,53 @@
         <x:v>676277</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H336" s="0">
         <x:v>539398</x:v>
@@ -10074,50 +9914,53 @@
         <x:v>658061</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H338" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H339" s="0">
         <x:v>524538</x:v>
@@ -10149,50 +9992,53 @@
         <x:v>649311</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H341" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>483404</x:v>
@@ -10224,50 +10070,53 @@
         <x:v>605856</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H344" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H345" s="0">
         <x:v>453665</x:v>
@@ -10299,50 +10148,53 @@
         <x:v>577224</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H347" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H348" s="0">
         <x:v>338284</x:v>
@@ -10373,50 +10225,53 @@
       <x:c r="H349" s="0">
         <x:v>439282</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H350" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H351" s="0">
@@ -10439,51 +10294,51 @@
       <x:c r="E352" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H352" s="0">
         <x:v>426099</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10500,51 +10355,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H352" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="13">
         <x:s v="DTA05C01"/>
         <x:s v="DTA05C02"/>
         <x:s v="DTA05C03"/>
         <x:s v="DTA05C04"/>
         <x:s v="DTA05C05"/>
         <x:s v="DTA05C06"/>
         <x:s v="DTA05C07"/>
         <x:s v="DTA05C08"/>
         <x:s v="DTA05C09"/>
         <x:s v="DTA05C10"/>
         <x:s v="DTA05C11"/>
         <x:s v="DTA05C12"/>
         <x:s v="DTA05C13"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="13">
         <x:s v="1st Stage Endodontics"/>
         <x:s v="Endodontics"/>
         <x:s v="Denture Repairs"/>
         <x:s v="Exodontics"/>
@@ -10932,27 +10787,3538 @@
         <x:n v="591092"/>
         <x:n v="711402"/>
         <x:n v="586291"/>
         <x:n v="708115"/>
         <x:n v="554347"/>
         <x:n v="676277"/>
         <x:n v="539398"/>
         <x:n v="658061"/>
         <x:n v="524538"/>
         <x:n v="649311"/>
         <x:n v="483404"/>
         <x:n v="605856"/>
         <x:n v="453665"/>
         <x:n v="577224"/>
         <x:n v="338284"/>
         <x:n v="439282"/>
         <x:n v="321992"/>
         <x:n v="426099"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8761"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4459"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4302"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7147"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6897"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6184"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6002"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="DTA05C01"/>
+    <s v="1st Stage Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7390"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3714"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3447"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6391"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3183"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6113"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5704"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="5138"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="DTA05C02"/>
+    <s v="Endodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="35654"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16056"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19598"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36109"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16843"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19266"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="35971"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16582"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19389"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36378"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16994"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19384"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="37845"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17477"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="20368"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36057"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16777"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19280"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="35243"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16358"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18885"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="27508"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12705"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14803"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="28298"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12921"/>
+  </r>
+  <r>
+    <s v="DTA05C03"/>
+    <s v="Denture Repairs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="15377"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="129451"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="67498"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="61953"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="125481"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="65021"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="60460"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="121721"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="62220"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="59501"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="122808"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="62458"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="60350"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="119053"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="60151"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="58902"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="131939"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="66026"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="65913"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="123677"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="61832"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="61845"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="96671"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="47102"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="49569"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="93954"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="45297"/>
+  </r>
+  <r>
+    <s v="DTA05C04"/>
+    <s v="Exodontics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="48657"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="141446"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="59056"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="82390"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="143688"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="59865"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="83823"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="131348"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="54385"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="76963"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="124466"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="51309"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="73157"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="120269"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="49250"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="71019"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="107978"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="43839"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="64139"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="102931"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="41292"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="61639"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="92724"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36908"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="55816"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="87549"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34628"/>
+  </r>
+  <r>
+    <s v="DTA05C05"/>
+    <s v="Miscellaneous"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="52921"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="432533"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="185388"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="247145"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="430431"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="183992"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="246439"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="413422"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="176278"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="237144"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="409327"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="174320"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="235007"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="403531"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="170400"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="233131"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="368836"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="154423"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="214413"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="348201"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="144640"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="203561"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="256123"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="105777"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="150346"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="240980"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="98299"/>
+  </r>
+  <r>
+    <s v="DTA05C06"/>
+    <s v="Oral Examination"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="142681"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="6552"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7010"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8013"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4187"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9890"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4763"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5127"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11704"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5575"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6129"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11661"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5521"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6140"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="13375"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6220"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7155"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7789"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4128"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7028"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="DTA05C07"/>
+    <s v="Prophylaxis"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3850"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="47806"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22096"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25710"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="48709"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22489"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26220"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="46227"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21368"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24859"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="44660"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20528"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24132"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="44244"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20389"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23855"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="42407"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19486"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="22921"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="41319"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18903"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="22416"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26062"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12012"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14050"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="26077"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12037"/>
+  </r>
+  <r>
+    <s v="DTA05C08"/>
+    <s v="Prosthetics"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14040"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9755"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5043"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10799"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5330"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5469"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11259"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5615"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5644"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12014"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6013"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6001"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12533"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6193"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12060"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5873"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6187"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12043"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5830"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6213"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4337"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="DTA05C09"/>
+    <s v="Protracted Periodontal Treatment"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4253"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="280285"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="126731"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="153554"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="274134"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="123624"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="150510"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="256339"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="114426"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="141913"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="241344"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="108168"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="133176"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="230683"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="102449"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="128234"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="213150"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="93940"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="119210"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="199323"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="86629"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="112694"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="145824"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="62491"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="83333"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="140519"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="59245"/>
+  </r>
+  <r>
+    <s v="DTA05C10"/>
+    <s v="Restoration using Amalgam Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="81274"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="141729"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="66696"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="75033"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="140708"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="66050"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="74658"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="137056"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="63969"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="73087"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="132322"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="62045"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="70277"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="130371"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="60277"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="70094"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="124613"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="57058"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="67555"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="118220"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="53786"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="64434"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="86162"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38880"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="47282"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="84876"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="37536"/>
+  </r>
+  <r>
+    <s v="DTA05C11"/>
+    <s v="Restoration using Composite Filling"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="47340"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61132"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31663"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29469"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="62194"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32097"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30097"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="55262"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28665"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26597"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="50990"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26232"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24758"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51015"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26026"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24989"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29237"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14849"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14388"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25655"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12830"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12825"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22861"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11246"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11615"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23648"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11704"/>
+  </r>
+  <r>
+    <s v="DTA05C12"/>
+    <s v="Surgical Extraction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11944"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="591092"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="711402"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="586291"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="708115"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="554347"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="676277"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="539398"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="658061"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="524538"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="649311"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="483404"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="605856"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="453665"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="577224"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="338284"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="439282"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="321992"/>
+  </r>
+  <r>
+    <s v="DTA05C13"/>
+    <s v="Total Treatments"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="426099"/>
+  </r>
+</pivotCacheRecords>
 </file>