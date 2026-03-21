--- v2 (2026-01-28)
+++ v3 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eed48b92ce14acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2fa1097236a74f7ba6490e834b10d9ea.psmdcp" Id="R633b23b7116a4fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a45ef597a38407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e8504f4471441a7bf6a6d7f0cd15cf1.psmdcp" Id="R8ca04c03331b47ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>