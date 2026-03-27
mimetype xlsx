--- v0 (2025-12-08)
+++ v1 (2026-03-27)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7bda6cf5af84d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aad144dfaf794ab89c6276be4e104e82.psmdcp" Id="Rafe04ebb80b74cf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R410848d805234f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c02d46290dc4848b775b29dbcab8e1d.psmdcp" Id="R1545ce686bd44b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>DIPQ01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Industrial Production Indices (Base 2021=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/10/2025 11:00:00 AM</x:t>
+    <x:t>07/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>10 September 2025 - Please note the base weights of the Domestic Industrial Production Index have been updated and derived from additional information. These newly adjusted indices supersede all earlier versions of the Frontier Series Domestic Industrial Production.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/DIPQ01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>DIP</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Industrial Production</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Colin Cotter</x:t>
+    <x:t>Gregg Patrick</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5770</x:t>
+    <x:t>(+353) 21 453 5202</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -291,50 +291,56 @@
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -472,296 +478,147 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...239 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02576V03125" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Industry Sector NACE Rev 2" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H37" totalsRowShown="0">
-  <x:autoFilter ref="A1:H37"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H39" totalsRowShown="0">
+  <x:autoFilter ref="A1:H39"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02576V03125"/>
     <x:tableColumn id="6" name="Industry Sector NACE Rev 2"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1025,51 +882,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/DIPQ01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1258,55 +1115,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H37"/>
+  <x:dimension ref="A1:H39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -2210,90 +2067,145 @@
         <x:v>133.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H36" s="0">
+        <x:v>139.3</x:v>
+      </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>143.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:8">
+      <x:c r="A38" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C38" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E38" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F38" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G38" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H38" s="0">
+        <x:v>132.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:8">
+      <x:c r="A39" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C39" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E39" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G39" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H39" s="0">
+        <x:v>136.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2310,144 +2222,529 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H37" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="DIPQ01C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Domestic Industrial Production Index"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="18">
+      <x:sharedItems count="19">
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
+        <x:s v="20253"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="18">
+      <x:sharedItems count="19">
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02576V03125">
       <x:sharedItems count="2">
         <x:s v="V1100"/>
         <x:s v="V2100"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Industry Sector NACE Rev 2">
       <x:sharedItems count="2">
         <x:s v="Industries (05 to 35)"/>
         <x:s v="Manufacturing industries (10 to 33)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Base 2021=100"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="83.8" maxValue="143.1" count="34">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="83.8" maxValue="143.1" count="36">
         <x:n v="88.5"/>
         <x:n v="83.8"/>
         <x:n v="99.7"/>
         <x:n v="98.2"/>
         <x:n v="103"/>
         <x:n v="105.4"/>
         <x:n v="108.8"/>
         <x:n v="112.7"/>
         <x:n v="105.1"/>
         <x:n v="108.1"/>
         <x:n v="99.5"/>
         <x:n v="101.8"/>
         <x:n v="91.9"/>
         <x:n v="95.2"/>
         <x:n v="97.5"/>
         <x:n v="98.8"/>
         <x:n v="95.7"/>
         <x:n v="96.6"/>
         <x:n v="100"/>
         <x:n v="100.3"/>
         <x:n v="95.8"/>
         <x:n v="95.3"/>
         <x:n v="98.9"/>
         <x:n v="98.4"/>
         <x:n v="95.4"/>
         <x:n v="93"/>
         <x:n v="111.6"/>
         <x:n v="112.5"/>
         <x:n v="108.9"/>
         <x:n v="109.6"/>
         <x:n v="129.6"/>
         <x:n v="133.2"/>
-        <x:s v=""/>
+        <x:n v="139.3"/>
         <x:n v="143.1"/>
+        <x:n v="132.8"/>
+        <x:n v="136.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="129.6"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="133.2"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="139.3"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="143.1"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="V1100"/>
+    <s v="Industries (05 to 35)"/>
+    <s v="Base 2021=100"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="DIPQ01C01"/>
+    <s v="Domestic Industrial Production Index"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="Base 2021=100"/>
+    <n v="136.6"/>
+  </r>
+</pivotCacheRecords>
 </file>